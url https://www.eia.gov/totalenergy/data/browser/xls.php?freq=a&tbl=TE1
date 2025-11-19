--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table E1. Primary Energy Overview, Fossil Fuel Equivalency Approach</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Energy Consumption</t>
   </si>
   <si>
     <t>Renewable Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Total Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Total Energy Imports</t>
   </si>
   <si>
     <t>Total Energy Exports</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.264" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26098,230 +26098,230 @@
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>7426.197</v>
       </c>
       <c r="C634">
         <v>614.299</v>
       </c>
       <c r="D634">
         <v>1173.89</v>
       </c>
       <c r="E634">
         <v>9214.387</v>
       </c>
       <c r="F634">
         <v>1724.616</v>
       </c>
       <c r="G634">
         <v>2560.258</v>
       </c>
       <c r="H634">
-        <v>-835.642</v>
+        <v>-835.643</v>
       </c>
       <c r="I634">
         <v>-366.925</v>
       </c>
       <c r="J634">
         <v>6230.653</v>
       </c>
       <c r="K634">
         <v>614.299</v>
       </c>
       <c r="L634">
         <v>1160.416</v>
       </c>
       <c r="M634">
-        <v>8011.82</v>
+        <v>8011.819</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>7128.643</v>
       </c>
       <c r="C635">
         <v>647.021</v>
       </c>
       <c r="D635">
         <v>1151.256</v>
       </c>
       <c r="E635">
         <v>8926.92</v>
       </c>
       <c r="F635">
         <v>1746.112</v>
       </c>
       <c r="G635">
-        <v>2664.353</v>
+        <v>2664.354</v>
       </c>
       <c r="H635">
-        <v>-918.241</v>
+        <v>-918.242</v>
       </c>
       <c r="I635">
-        <v>24.967</v>
+        <v>24.968</v>
       </c>
       <c r="J635">
-        <v>6260.067</v>
+        <v>6260.068</v>
       </c>
       <c r="K635">
         <v>647.021</v>
       </c>
       <c r="L635">
         <v>1124.705</v>
       </c>
       <c r="M635">
         <v>8033.646</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>7446.184</v>
       </c>
       <c r="C636">
         <v>744.183</v>
       </c>
       <c r="D636">
         <v>1163.189</v>
       </c>
       <c r="E636">
         <v>9353.556</v>
       </c>
       <c r="F636">
         <v>1860.829</v>
       </c>
       <c r="G636">
-        <v>2682.957</v>
+        <v>2682.958</v>
       </c>
       <c r="H636">
-        <v>-822.128</v>
+        <v>-822.129</v>
       </c>
       <c r="I636">
         <v>567.299</v>
       </c>
       <c r="J636">
         <v>7214.343</v>
       </c>
       <c r="K636">
         <v>744.183</v>
       </c>
       <c r="L636">
         <v>1133.081</v>
       </c>
       <c r="M636">
-        <v>9098.727</v>
+        <v>9098.726</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>7344.014</v>
       </c>
       <c r="C637">
         <v>749.815</v>
       </c>
       <c r="D637">
         <v>1203.079</v>
       </c>
       <c r="E637">
         <v>9296.909</v>
       </c>
       <c r="F637">
         <v>1894.319</v>
       </c>
       <c r="G637">
         <v>2545.494</v>
       </c>
       <c r="H637">
         <v>-651.175</v>
       </c>
       <c r="I637">
         <v>1340.86</v>
       </c>
       <c r="J637">
-        <v>8060.732</v>
+        <v>8060.731</v>
       </c>
       <c r="K637">
         <v>749.815</v>
       </c>
       <c r="L637">
         <v>1166.355</v>
       </c>
       <c r="M637">
         <v>9986.594</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>6675.326</v>
       </c>
       <c r="C638">
         <v>646.232</v>
       </c>
       <c r="D638">
         <v>1120.892</v>
       </c>
       <c r="E638">
         <v>8442.45</v>
       </c>
       <c r="F638">
         <v>1607.167</v>
       </c>
       <c r="G638">
         <v>2422.174</v>
       </c>
       <c r="H638">
         <v>-815.006</v>
       </c>
       <c r="I638">
         <v>889.637</v>
       </c>
       <c r="J638">
         <v>6768.933</v>
       </c>
       <c r="K638">
         <v>646.232</v>
       </c>
       <c r="L638">
         <v>1095.477</v>
       </c>
       <c r="M638">
-        <v>8517.08</v>
+        <v>8517.081</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>7627.666</v>
       </c>
       <c r="C639">
         <v>652.797</v>
       </c>
       <c r="D639">
         <v>1360.103</v>
       </c>
       <c r="E639">
         <v>9640.566</v>
       </c>
       <c r="F639">
         <v>1664.096</v>
       </c>
       <c r="G639">
         <v>2709.576</v>
       </c>
       <c r="H639">
@@ -26347,145 +26347,186 @@
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>7319.13</v>
       </c>
       <c r="C640">
         <v>605.093</v>
       </c>
       <c r="D640">
         <v>1327.631</v>
       </c>
       <c r="E640">
         <v>9251.854</v>
       </c>
       <c r="F640">
         <v>1631.141</v>
       </c>
       <c r="G640">
         <v>2532.869</v>
       </c>
       <c r="H640">
         <v>-901.728</v>
       </c>
       <c r="I640">
-        <v>-504.222</v>
+        <v>-504.221</v>
       </c>
       <c r="J640">
-        <v>5925.776</v>
+        <v>5925.777</v>
       </c>
       <c r="K640">
         <v>605.093</v>
       </c>
       <c r="L640">
         <v>1309.342</v>
       </c>
       <c r="M640">
-        <v>7845.904</v>
+        <v>7845.905</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>7591.87</v>
+        <v>7581.628</v>
       </c>
       <c r="C641">
         <v>649.538</v>
       </c>
       <c r="D641">
         <v>1318.668</v>
       </c>
       <c r="E641">
-        <v>9560.075</v>
+        <v>9549.833</v>
       </c>
       <c r="F641">
         <v>1735.37</v>
       </c>
       <c r="G641">
-        <v>2577.84</v>
+        <v>2577.13</v>
       </c>
       <c r="H641">
-        <v>-842.47</v>
+        <v>-841.76</v>
       </c>
       <c r="I641">
-        <v>-776.777</v>
+        <v>-767.72</v>
       </c>
       <c r="J641">
-        <v>5998.094</v>
+        <v>5997.619</v>
       </c>
       <c r="K641">
         <v>649.538</v>
       </c>
       <c r="L641">
         <v>1285.233</v>
       </c>
       <c r="M641">
-        <v>7940.828</v>
+        <v>7940.353</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>7376.591</v>
+        <v>7365.288</v>
       </c>
       <c r="C642">
         <v>692.155</v>
       </c>
       <c r="D642">
         <v>1311.355</v>
       </c>
       <c r="E642">
-        <v>9380.102</v>
+        <v>9368.798</v>
       </c>
       <c r="F642">
-        <v>1680.959</v>
+        <v>1680.822</v>
       </c>
       <c r="G642">
         <v>2531.443</v>
       </c>
       <c r="H642">
-        <v>-850.483</v>
+        <v>-850.62</v>
       </c>
       <c r="I642">
-        <v>-266.102</v>
+        <v>-255.539</v>
       </c>
       <c r="J642">
-        <v>6291.508</v>
+        <v>6290.631</v>
       </c>
       <c r="K642">
         <v>692.155</v>
       </c>
       <c r="L642">
         <v>1273.687</v>
       </c>
       <c r="M642">
-        <v>8263.516</v>
+        <v>8262.639</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>7686.247</v>
+      </c>
+      <c r="C643">
+        <v>739.806</v>
+      </c>
+      <c r="D643">
+        <v>1293.963</v>
+      </c>
+      <c r="E643">
+        <v>9720.017</v>
+      </c>
+      <c r="F643">
+        <v>1740.387</v>
+      </c>
+      <c r="G643">
+        <v>2537.415</v>
+      </c>
+      <c r="H643">
+        <v>-797.028</v>
+      </c>
+      <c r="I643">
+        <v>-52.47</v>
+      </c>
+      <c r="J643">
+        <v>6868.104</v>
+      </c>
+      <c r="K643">
+        <v>739.806</v>
+      </c>
+      <c r="L643">
+        <v>1259.084</v>
+      </c>
+      <c r="M643">
+        <v>8870.518</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29697,69 +29738,69 @@
       </c>
       <c r="M87">
         <v>98534.62</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>86531.951</v>
       </c>
       <c r="C88">
         <v>8173.249</v>
       </c>
       <c r="D88">
         <v>14191.706</v>
       </c>
       <c r="E88">
         <v>108896.907</v>
       </c>
       <c r="F88">
         <v>21696.344</v>
       </c>
       <c r="G88">
-        <v>30887.501</v>
+        <v>30833.343</v>
       </c>
       <c r="H88">
-        <v>-9191.157</v>
+        <v>-9136.999</v>
       </c>
       <c r="I88">
-        <v>160.086</v>
+        <v>105.926</v>
       </c>
       <c r="J88">
         <v>77660.878</v>
       </c>
       <c r="K88">
         <v>8173.249</v>
       </c>
       <c r="L88">
         <v>13984.562</v>
       </c>
       <c r="M88">
-        <v>99865.836</v>
+        <v>99865.834</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>