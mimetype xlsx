--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table E1. Primary Energy Overview, Fossil Fuel Equivalency Approach</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Energy Consumption</t>
   </si>
   <si>
     <t>Renewable Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Total Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Total Energy Imports</t>
   </si>
   <si>
     <t>Total Energy Exports</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.264" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25219,1314 +25219,1396 @@
       </c>
       <c r="H612">
         <v>-606.497</v>
       </c>
       <c r="I612">
         <v>920.931</v>
       </c>
       <c r="J612">
         <v>7243.687</v>
       </c>
       <c r="K612">
         <v>721.896</v>
       </c>
       <c r="L612">
         <v>1055.395</v>
       </c>
       <c r="M612">
         <v>9034.697</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>7212.914</v>
+        <v>7199.838</v>
       </c>
       <c r="C613">
         <v>740.734</v>
       </c>
       <c r="D613">
         <v>1087.057</v>
       </c>
       <c r="E613">
-        <v>9040.704</v>
+        <v>9027.628</v>
       </c>
       <c r="F613">
-        <v>1852.574</v>
+        <v>1852.552</v>
       </c>
       <c r="G613">
-        <v>2274.901</v>
+        <v>2274.936</v>
       </c>
       <c r="H613">
-        <v>-422.327</v>
+        <v>-422.385</v>
       </c>
       <c r="I613">
-        <v>245.565</v>
+        <v>309.216</v>
       </c>
       <c r="J613">
-        <v>7043.884</v>
+        <v>7094.4</v>
       </c>
       <c r="K613">
         <v>740.734</v>
       </c>
       <c r="L613">
         <v>1068.116</v>
       </c>
       <c r="M613">
-        <v>8863.943</v>
+        <v>8914.46</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>6506.346</v>
+        <v>6494.566</v>
       </c>
       <c r="C614">
         <v>635.553</v>
       </c>
       <c r="D614">
         <v>1061.578</v>
       </c>
       <c r="E614">
-        <v>8203.477</v>
+        <v>8191.697</v>
       </c>
       <c r="F614">
-        <v>1746.55</v>
+        <v>1746.53</v>
       </c>
       <c r="G614">
-        <v>2216.233</v>
+        <v>2216.266</v>
       </c>
       <c r="H614">
-        <v>-469.683</v>
+        <v>-469.736</v>
       </c>
       <c r="I614">
-        <v>269.436</v>
+        <v>326.308</v>
       </c>
       <c r="J614">
-        <v>6316.142</v>
+        <v>6361.18</v>
       </c>
       <c r="K614">
         <v>635.553</v>
       </c>
       <c r="L614">
         <v>1044.902</v>
       </c>
       <c r="M614">
-        <v>8003.23</v>
+        <v>8048.268</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>7345.754</v>
+        <v>7332.529</v>
       </c>
       <c r="C615">
         <v>656.599</v>
       </c>
       <c r="D615">
         <v>1179.686</v>
       </c>
       <c r="E615">
-        <v>9182.04</v>
+        <v>9168.814</v>
       </c>
       <c r="F615">
-        <v>1789.032</v>
+        <v>1789.012</v>
       </c>
       <c r="G615">
-        <v>2646.553</v>
+        <v>2646.59</v>
       </c>
       <c r="H615">
-        <v>-857.52</v>
+        <v>-857.578</v>
       </c>
       <c r="I615">
-        <v>259.122</v>
+        <v>318.181</v>
       </c>
       <c r="J615">
-        <v>6754.053</v>
+        <v>6799.828</v>
       </c>
       <c r="K615">
         <v>656.599</v>
       </c>
       <c r="L615">
         <v>1164.247</v>
       </c>
       <c r="M615">
-        <v>8583.641</v>
+        <v>8629.416</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>6999.084</v>
+        <v>6986.399</v>
       </c>
       <c r="C616">
         <v>592.236</v>
       </c>
       <c r="D616">
         <v>1158.811</v>
       </c>
       <c r="E616">
-        <v>8750.131</v>
+        <v>8737.445</v>
       </c>
       <c r="F616">
-        <v>1754.215</v>
+        <v>1754.196</v>
       </c>
       <c r="G616">
-        <v>2379.919</v>
+        <v>2379.955</v>
       </c>
       <c r="H616">
-        <v>-625.705</v>
+        <v>-625.759</v>
       </c>
       <c r="I616">
-        <v>-503.619</v>
+        <v>-454.42</v>
       </c>
       <c r="J616">
-        <v>5876.264</v>
+        <v>5912.723</v>
       </c>
       <c r="K616">
         <v>592.236</v>
       </c>
       <c r="L616">
         <v>1145.781</v>
       </c>
       <c r="M616">
-        <v>7620.808</v>
+        <v>7657.266</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>7260.731</v>
+        <v>7247.469</v>
       </c>
       <c r="C617">
         <v>639.194</v>
       </c>
       <c r="D617">
         <v>1192.97</v>
       </c>
       <c r="E617">
-        <v>9092.895</v>
+        <v>9079.633</v>
       </c>
       <c r="F617">
-        <v>1810.39</v>
+        <v>1810.372</v>
       </c>
       <c r="G617">
-        <v>2453.716</v>
+        <v>2453.753</v>
       </c>
       <c r="H617">
-        <v>-643.326</v>
+        <v>-643.381</v>
       </c>
       <c r="I617">
-        <v>-664.778</v>
+        <v>-616.722</v>
       </c>
       <c r="J617">
-        <v>5948.411</v>
+        <v>5983.15</v>
       </c>
       <c r="K617">
         <v>639.194</v>
       </c>
       <c r="L617">
         <v>1188.231</v>
       </c>
       <c r="M617">
-        <v>7784.791</v>
+        <v>7819.53</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>7033.771</v>
+        <v>7020.984</v>
       </c>
       <c r="C618">
         <v>677.49</v>
       </c>
       <c r="D618">
         <v>1095.913</v>
       </c>
       <c r="E618">
-        <v>8807.175</v>
+        <v>8794.387</v>
       </c>
       <c r="F618">
-        <v>1825.118</v>
+        <v>1825.099</v>
       </c>
       <c r="G618">
-        <v>2397.564</v>
+        <v>2397.599</v>
       </c>
       <c r="H618">
-        <v>-572.446</v>
+        <v>-572.5</v>
       </c>
       <c r="I618">
-        <v>-326.432</v>
+        <v>-277.846</v>
       </c>
       <c r="J618">
-        <v>6139.448</v>
+        <v>6175.193</v>
       </c>
       <c r="K618">
         <v>677.49</v>
       </c>
       <c r="L618">
         <v>1085.593</v>
       </c>
       <c r="M618">
-        <v>7908.297</v>
+        <v>7944.041</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>7266.749</v>
+        <v>7253.507</v>
       </c>
       <c r="C619">
         <v>730.465</v>
       </c>
       <c r="D619">
         <v>1125.229</v>
       </c>
       <c r="E619">
-        <v>9122.443</v>
+        <v>9109.201</v>
       </c>
       <c r="F619">
-        <v>1803.618</v>
+        <v>1803.597</v>
       </c>
       <c r="G619">
-        <v>2471.963</v>
+        <v>2472</v>
       </c>
       <c r="H619">
-        <v>-668.346</v>
+        <v>-668.404</v>
       </c>
       <c r="I619">
-        <v>33.83</v>
+        <v>87.792</v>
       </c>
       <c r="J619">
-        <v>6646.121</v>
+        <v>6686.783</v>
       </c>
       <c r="K619">
         <v>730.465</v>
       </c>
       <c r="L619">
         <v>1107.14</v>
       </c>
       <c r="M619">
-        <v>8487.928</v>
+        <v>8528.59</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>7399.674</v>
+        <v>7386.34</v>
       </c>
       <c r="C620">
         <v>728.965</v>
       </c>
       <c r="D620">
         <v>1114.147</v>
       </c>
       <c r="E620">
-        <v>9242.786</v>
+        <v>9229.452</v>
       </c>
       <c r="F620">
-        <v>1915.022</v>
+        <v>1915.001</v>
       </c>
       <c r="G620">
-        <v>2567.337</v>
+        <v>2567.374</v>
       </c>
       <c r="H620">
-        <v>-652.315</v>
+        <v>-652.372</v>
       </c>
       <c r="I620">
-        <v>30.568</v>
+        <v>84.694</v>
       </c>
       <c r="J620">
-        <v>6782.068</v>
+        <v>6822.802</v>
       </c>
       <c r="K620">
         <v>728.965</v>
       </c>
       <c r="L620">
         <v>1105.284</v>
       </c>
       <c r="M620">
-        <v>8621.04</v>
+        <v>8661.774</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>7202.332</v>
+        <v>7189.413</v>
       </c>
       <c r="C621">
         <v>685.23</v>
       </c>
       <c r="D621">
         <v>1034.641</v>
       </c>
       <c r="E621">
-        <v>8922.203</v>
+        <v>8909.284</v>
       </c>
       <c r="F621">
-        <v>1785.114</v>
+        <v>1785.095</v>
       </c>
       <c r="G621">
-        <v>2440.726</v>
+        <v>2440.762</v>
       </c>
       <c r="H621">
-        <v>-655.612</v>
+        <v>-655.667</v>
       </c>
       <c r="I621">
-        <v>-475.313</v>
+        <v>-426.41</v>
       </c>
       <c r="J621">
-        <v>6088.257</v>
+        <v>6124.185</v>
       </c>
       <c r="K621">
         <v>685.23</v>
       </c>
       <c r="L621">
         <v>1017.497</v>
       </c>
       <c r="M621">
-        <v>7791.278</v>
+        <v>7827.207</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>7393.373</v>
+        <v>7380.039</v>
       </c>
       <c r="C622">
         <v>642.125</v>
       </c>
       <c r="D622">
         <v>1079.525</v>
       </c>
       <c r="E622">
-        <v>9115.023</v>
+        <v>9101.689</v>
       </c>
       <c r="F622">
-        <v>1704.523</v>
+        <v>1704.504</v>
       </c>
       <c r="G622">
-        <v>2534.48</v>
+        <v>2534.518</v>
       </c>
       <c r="H622">
-        <v>-829.957</v>
+        <v>-830.014</v>
       </c>
       <c r="I622">
-        <v>-355.569</v>
+        <v>-305.498</v>
       </c>
       <c r="J622">
-        <v>6216.431</v>
+        <v>6253.111</v>
       </c>
       <c r="K622">
         <v>642.125</v>
       </c>
       <c r="L622">
         <v>1070.242</v>
       </c>
       <c r="M622">
-        <v>7929.497</v>
+        <v>7966.177</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>7247.198</v>
+        <v>7234.109</v>
       </c>
       <c r="C623">
         <v>650.717</v>
       </c>
       <c r="D623">
         <v>1051.876</v>
       </c>
       <c r="E623">
-        <v>8949.79</v>
+        <v>8936.702</v>
       </c>
       <c r="F623">
-        <v>1818.131</v>
+        <v>1818.111</v>
       </c>
       <c r="G623">
-        <v>2465.21</v>
+        <v>2465.248</v>
       </c>
       <c r="H623">
-        <v>-647.079</v>
+        <v>-647.137</v>
       </c>
       <c r="I623">
-        <v>-91.626</v>
+        <v>-35.726</v>
       </c>
       <c r="J623">
-        <v>6526.288</v>
+        <v>6569.042</v>
       </c>
       <c r="K623">
         <v>650.717</v>
       </c>
       <c r="L623">
         <v>1031.896</v>
       </c>
       <c r="M623">
-        <v>8211.085</v>
+        <v>8253.839</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>7403.374</v>
+        <v>7389.849</v>
       </c>
       <c r="C624">
         <v>719.666</v>
       </c>
       <c r="D624">
         <v>1100.348</v>
       </c>
       <c r="E624">
-        <v>9223.388</v>
+        <v>9209.863</v>
       </c>
       <c r="F624">
-        <v>1853.243</v>
+        <v>1853.221</v>
       </c>
       <c r="G624">
-        <v>2807.37</v>
+        <v>2807.411</v>
       </c>
       <c r="H624">
-        <v>-954.126</v>
+        <v>-954.19</v>
       </c>
       <c r="I624">
-        <v>459.827</v>
+        <v>521.615</v>
       </c>
       <c r="J624">
-        <v>6933.061</v>
+        <v>6981.26</v>
       </c>
       <c r="K624">
         <v>719.666</v>
       </c>
       <c r="L624">
         <v>1071.795</v>
       </c>
       <c r="M624">
-        <v>8729.089</v>
+        <v>8777.288</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>7125.805</v>
+        <v>7120.496</v>
       </c>
       <c r="C625">
-        <v>722.021</v>
+        <v>721.4</v>
       </c>
       <c r="D625">
-        <v>1071.901</v>
+        <v>1064.676</v>
       </c>
       <c r="E625">
-        <v>8919.727</v>
+        <v>8906.572</v>
       </c>
       <c r="F625">
-        <v>1904.153</v>
+        <v>1904.122</v>
       </c>
       <c r="G625">
-        <v>2521.089</v>
+        <v>2520.911</v>
       </c>
       <c r="H625">
-        <v>-616.936</v>
+        <v>-616.789</v>
       </c>
       <c r="I625">
-        <v>1121.518</v>
+        <v>1183.643</v>
       </c>
       <c r="J625">
-        <v>7646.953</v>
+        <v>7703.916</v>
       </c>
       <c r="K625">
-        <v>722.021</v>
+        <v>721.4</v>
       </c>
       <c r="L625">
-        <v>1049.41</v>
+        <v>1042.185</v>
       </c>
       <c r="M625">
-        <v>9424.31</v>
+        <v>9473.426</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>6956.996</v>
+        <v>6953.119</v>
       </c>
       <c r="C626">
-        <v>675.03</v>
+        <v>674.449</v>
       </c>
       <c r="D626">
-        <v>1127.393</v>
+        <v>1133.05</v>
       </c>
       <c r="E626">
-        <v>8759.419</v>
+        <v>8760.618</v>
       </c>
       <c r="F626">
-        <v>1714.381</v>
+        <v>1714.356</v>
       </c>
       <c r="G626">
-        <v>2536.975</v>
+        <v>2525.681</v>
       </c>
       <c r="H626">
-        <v>-822.594</v>
+        <v>-811.325</v>
       </c>
       <c r="I626">
-        <v>218.695</v>
+        <v>252.849</v>
       </c>
       <c r="J626">
-        <v>6368.177</v>
+        <v>6409.724</v>
       </c>
       <c r="K626">
-        <v>675.03</v>
+        <v>674.449</v>
       </c>
       <c r="L626">
-        <v>1111.766</v>
+        <v>1117.423</v>
       </c>
       <c r="M626">
-        <v>8155.521</v>
+        <v>8202.143</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>7262.059</v>
+        <v>7258.376</v>
       </c>
       <c r="C627">
-        <v>662.09</v>
+        <v>661.52</v>
       </c>
       <c r="D627">
-        <v>1263.831</v>
+        <v>1261</v>
       </c>
       <c r="E627">
-        <v>9187.981</v>
+        <v>9180.896</v>
       </c>
       <c r="F627">
-        <v>1736.36</v>
+        <v>1736.337</v>
       </c>
       <c r="G627">
-        <v>2641.503</v>
+        <v>2650.213</v>
       </c>
       <c r="H627">
-        <v>-905.142</v>
+        <v>-913.877</v>
       </c>
       <c r="I627">
-        <v>-50.584</v>
+        <v>3.49</v>
       </c>
       <c r="J627">
-        <v>6329.265</v>
+        <v>6370.922</v>
       </c>
       <c r="K627">
-        <v>662.09</v>
+        <v>661.52</v>
       </c>
       <c r="L627">
-        <v>1242.088</v>
+        <v>1239.257</v>
       </c>
       <c r="M627">
-        <v>8232.254</v>
+        <v>8270.509</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>6935.891</v>
+        <v>6932.612</v>
       </c>
       <c r="C628">
-        <v>602.26</v>
+        <v>600.91</v>
       </c>
       <c r="D628">
-        <v>1253.508</v>
+        <v>1262.724</v>
       </c>
       <c r="E628">
-        <v>8791.659</v>
+        <v>8796.246</v>
       </c>
       <c r="F628">
-        <v>1770.457</v>
+        <v>1770.436</v>
       </c>
       <c r="G628">
-        <v>2364.211</v>
+        <v>2361.826</v>
       </c>
       <c r="H628">
-        <v>-593.754</v>
+        <v>-591.39</v>
       </c>
       <c r="I628">
-        <v>-524.157</v>
+        <v>-486.098</v>
       </c>
       <c r="J628">
-        <v>5831.803</v>
+        <v>5868.947</v>
       </c>
       <c r="K628">
-        <v>602.26</v>
+        <v>600.91</v>
       </c>
       <c r="L628">
-        <v>1241.266</v>
+        <v>1250.482</v>
       </c>
       <c r="M628">
-        <v>7673.749</v>
+        <v>7718.759</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>7206.467</v>
+        <v>7202.762</v>
       </c>
       <c r="C629">
-        <v>679.097</v>
+        <v>678.513</v>
       </c>
       <c r="D629">
-        <v>1256.308</v>
+        <v>1274.234</v>
       </c>
       <c r="E629">
-        <v>9141.873</v>
+        <v>9155.508</v>
       </c>
       <c r="F629">
-        <v>1939.124</v>
+        <v>1939.1</v>
       </c>
       <c r="G629">
-        <v>2560.412</v>
+        <v>2564.254</v>
       </c>
       <c r="H629">
-        <v>-621.289</v>
+        <v>-625.153</v>
       </c>
       <c r="I629">
-        <v>-521.401</v>
+        <v>-474.613</v>
       </c>
       <c r="J629">
-        <v>6065.292</v>
+        <v>6104.51</v>
       </c>
       <c r="K629">
-        <v>679.097</v>
+        <v>678.513</v>
       </c>
       <c r="L629">
-        <v>1254.639</v>
+        <v>1272.564</v>
       </c>
       <c r="M629">
-        <v>7999.183</v>
+        <v>8055.741</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>7113.333</v>
+        <v>7109.241</v>
       </c>
       <c r="C630">
-        <v>712.744</v>
+        <v>712.131</v>
       </c>
       <c r="D630">
-        <v>1253.322</v>
+        <v>1271.032</v>
       </c>
       <c r="E630">
-        <v>9079.399</v>
+        <v>9092.403</v>
       </c>
       <c r="F630">
-        <v>1824.11</v>
+        <v>1824.086</v>
       </c>
       <c r="G630">
-        <v>2592.415</v>
+        <v>2595.423</v>
       </c>
       <c r="H630">
-        <v>-768.305</v>
+        <v>-771.336</v>
       </c>
       <c r="I630">
-        <v>-180.195</v>
+        <v>-139.96</v>
       </c>
       <c r="J630">
-        <v>6174.972</v>
+        <v>6208.084</v>
       </c>
       <c r="K630">
-        <v>712.744</v>
+        <v>712.131</v>
       </c>
       <c r="L630">
-        <v>1238.332</v>
+        <v>1256.042</v>
       </c>
       <c r="M630">
-        <v>8130.899</v>
+        <v>8181.107</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>7352.895</v>
+        <v>7348.421</v>
       </c>
       <c r="C631">
-        <v>730.441</v>
+        <v>729.451</v>
       </c>
       <c r="D631">
-        <v>1188.219</v>
+        <v>1194.803</v>
       </c>
       <c r="E631">
-        <v>9271.555</v>
+        <v>9272.676</v>
       </c>
       <c r="F631">
-        <v>1967.498</v>
+        <v>1967.471</v>
       </c>
       <c r="G631">
-        <v>2547.598</v>
+        <v>2550.484</v>
       </c>
       <c r="H631">
-        <v>-580.1</v>
+        <v>-583.013</v>
       </c>
       <c r="I631">
-        <v>-34.214</v>
+        <v>9.377</v>
       </c>
       <c r="J631">
-        <v>6740.925</v>
+        <v>6777.13</v>
       </c>
       <c r="K631">
-        <v>730.441</v>
+        <v>729.451</v>
       </c>
       <c r="L631">
-        <v>1177.39</v>
+        <v>1183.974</v>
       </c>
       <c r="M631">
-        <v>8657.241</v>
+        <v>8699.04</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>7442.639</v>
+        <v>7437.643</v>
       </c>
       <c r="C632">
-        <v>729.135</v>
+        <v>728.507</v>
       </c>
       <c r="D632">
-        <v>1196.02</v>
+        <v>1192.295</v>
       </c>
       <c r="E632">
-        <v>9367.794</v>
+        <v>9358.445</v>
       </c>
       <c r="F632">
-        <v>1784.888</v>
+        <v>1784.862</v>
       </c>
       <c r="G632">
-        <v>2625.09</v>
+        <v>2625.047</v>
       </c>
       <c r="H632">
-        <v>-840.202</v>
+        <v>-840.185</v>
       </c>
       <c r="I632">
-        <v>120.526</v>
+        <v>171.289</v>
       </c>
       <c r="J632">
-        <v>6736.376</v>
+        <v>6782.16</v>
       </c>
       <c r="K632">
-        <v>729.135</v>
+        <v>728.507</v>
       </c>
       <c r="L632">
-        <v>1175.25</v>
+        <v>1171.525</v>
       </c>
       <c r="M632">
-        <v>8648.118</v>
+        <v>8689.548</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>7134.842</v>
+        <v>7129.729</v>
       </c>
       <c r="C633">
-        <v>654.927</v>
+        <v>654.363</v>
       </c>
       <c r="D633">
-        <v>1092.867</v>
+        <v>1087.337</v>
       </c>
       <c r="E633">
-        <v>8882.636</v>
+        <v>8871.43</v>
       </c>
       <c r="F633">
-        <v>1723.816</v>
+        <v>1723.792</v>
       </c>
       <c r="G633">
-        <v>2536.479</v>
+        <v>2538.561</v>
       </c>
       <c r="H633">
-        <v>-812.663</v>
+        <v>-814.769</v>
       </c>
       <c r="I633">
-        <v>-269.602</v>
+        <v>-232.338</v>
       </c>
       <c r="J633">
-        <v>6062.04</v>
+        <v>6092.086</v>
       </c>
       <c r="K633">
-        <v>654.927</v>
+        <v>654.363</v>
       </c>
       <c r="L633">
-        <v>1076.231</v>
+        <v>1070.701</v>
       </c>
       <c r="M633">
-        <v>7800.371</v>
+        <v>7824.323</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>7426.197</v>
+        <v>7419.977</v>
       </c>
       <c r="C634">
-        <v>614.299</v>
+        <v>613.77</v>
       </c>
       <c r="D634">
-        <v>1173.89</v>
+        <v>1166.156</v>
       </c>
       <c r="E634">
-        <v>9214.387</v>
+        <v>9199.903</v>
       </c>
       <c r="F634">
-        <v>1724.616</v>
+        <v>1724.591</v>
       </c>
       <c r="G634">
-        <v>2560.258</v>
+        <v>2563.25</v>
       </c>
       <c r="H634">
-        <v>-835.643</v>
+        <v>-838.659</v>
       </c>
       <c r="I634">
-        <v>-366.925</v>
+        <v>-322.681</v>
       </c>
       <c r="J634">
-        <v>6230.653</v>
+        <v>6265.66</v>
       </c>
       <c r="K634">
-        <v>614.299</v>
+        <v>613.77</v>
       </c>
       <c r="L634">
-        <v>1160.416</v>
+        <v>1152.682</v>
       </c>
       <c r="M634">
-        <v>8011.819</v>
+        <v>8038.563</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>7128.643</v>
+        <v>7123.09</v>
       </c>
       <c r="C635">
-        <v>647.021</v>
+        <v>646.464</v>
       </c>
       <c r="D635">
-        <v>1151.256</v>
+        <v>1128.837</v>
       </c>
       <c r="E635">
-        <v>8926.92</v>
+        <v>8898.391</v>
       </c>
       <c r="F635">
-        <v>1746.112</v>
+        <v>1746.086</v>
       </c>
       <c r="G635">
-        <v>2664.354</v>
+        <v>2660.867</v>
       </c>
       <c r="H635">
-        <v>-918.242</v>
+        <v>-914.782</v>
       </c>
       <c r="I635">
-        <v>24.968</v>
+        <v>61.214</v>
       </c>
       <c r="J635">
-        <v>6260.068</v>
+        <v>6294.221</v>
       </c>
       <c r="K635">
-        <v>647.021</v>
+        <v>646.464</v>
       </c>
       <c r="L635">
-        <v>1124.705</v>
+        <v>1102.285</v>
       </c>
       <c r="M635">
-        <v>8033.646</v>
+        <v>8044.823</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>7446.184</v>
+        <v>7441.391</v>
       </c>
       <c r="C636">
-        <v>744.183</v>
+        <v>743.543</v>
       </c>
       <c r="D636">
-        <v>1163.189</v>
+        <v>1147.895</v>
       </c>
       <c r="E636">
-        <v>9353.556</v>
+        <v>9332.829</v>
       </c>
       <c r="F636">
-        <v>1860.829</v>
+        <v>1860.799</v>
       </c>
       <c r="G636">
-        <v>2682.958</v>
+        <v>2687.014</v>
       </c>
       <c r="H636">
-        <v>-822.129</v>
+        <v>-826.215</v>
       </c>
       <c r="I636">
-        <v>567.299</v>
+        <v>630.381</v>
       </c>
       <c r="J636">
-        <v>7214.343</v>
+        <v>7268.545</v>
       </c>
       <c r="K636">
-        <v>744.183</v>
+        <v>743.543</v>
       </c>
       <c r="L636">
-        <v>1133.081</v>
+        <v>1117.788</v>
       </c>
       <c r="M636">
-        <v>9098.726</v>
+        <v>9136.995</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>7344.014</v>
+        <v>7342.758</v>
       </c>
       <c r="C637">
-        <v>749.815</v>
+        <v>749.17</v>
       </c>
       <c r="D637">
-        <v>1203.079</v>
+        <v>1205.146</v>
       </c>
       <c r="E637">
-        <v>9296.909</v>
+        <v>9297.074</v>
       </c>
       <c r="F637">
         <v>1894.319</v>
       </c>
       <c r="G637">
-        <v>2545.494</v>
+        <v>2544.976</v>
       </c>
       <c r="H637">
-        <v>-651.175</v>
+        <v>-650.657</v>
       </c>
       <c r="I637">
-        <v>1340.86</v>
+        <v>1336.908</v>
       </c>
       <c r="J637">
-        <v>8060.731</v>
+        <v>8056.042</v>
       </c>
       <c r="K637">
-        <v>749.815</v>
+        <v>749.17</v>
       </c>
       <c r="L637">
-        <v>1166.355</v>
+        <v>1168.421</v>
       </c>
       <c r="M637">
-        <v>9986.594</v>
+        <v>9983.325</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>6675.326</v>
+        <v>6674.214</v>
       </c>
       <c r="C638">
-        <v>646.232</v>
+        <v>645.675</v>
       </c>
       <c r="D638">
-        <v>1120.892</v>
+        <v>1122.037</v>
       </c>
       <c r="E638">
-        <v>8442.45</v>
+        <v>8441.926</v>
       </c>
       <c r="F638">
         <v>1607.167</v>
       </c>
       <c r="G638">
-        <v>2422.174</v>
+        <v>2421.679</v>
       </c>
       <c r="H638">
-        <v>-815.006</v>
+        <v>-814.511</v>
       </c>
       <c r="I638">
-        <v>889.637</v>
+        <v>884.581</v>
       </c>
       <c r="J638">
-        <v>6768.933</v>
+        <v>6763.26</v>
       </c>
       <c r="K638">
-        <v>646.232</v>
+        <v>645.675</v>
       </c>
       <c r="L638">
-        <v>1095.477</v>
+        <v>1096.622</v>
       </c>
       <c r="M638">
-        <v>8517.081</v>
+        <v>8511.996</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>7627.666</v>
+        <v>7626.328</v>
       </c>
       <c r="C639">
-        <v>652.797</v>
+        <v>652.235</v>
       </c>
       <c r="D639">
-        <v>1360.103</v>
+        <v>1362.336</v>
       </c>
       <c r="E639">
-        <v>9640.566</v>
+        <v>9640.899</v>
       </c>
       <c r="F639">
         <v>1664.096</v>
       </c>
       <c r="G639">
-        <v>2709.576</v>
+        <v>2708.953</v>
       </c>
       <c r="H639">
-        <v>-1045.48</v>
+        <v>-1044.857</v>
       </c>
       <c r="I639">
-        <v>-214.923</v>
+        <v>-205.682</v>
       </c>
       <c r="J639">
-        <v>6395.228</v>
+        <v>6403.754</v>
       </c>
       <c r="K639">
-        <v>652.797</v>
+        <v>652.235</v>
       </c>
       <c r="L639">
-        <v>1329.371</v>
+        <v>1331.603</v>
       </c>
       <c r="M639">
-        <v>8380.163</v>
+        <v>8390.36</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>7319.13</v>
+        <v>7283.922</v>
       </c>
       <c r="C640">
-        <v>605.093</v>
+        <v>604.572</v>
       </c>
       <c r="D640">
-        <v>1327.631</v>
+        <v>1332.415</v>
       </c>
       <c r="E640">
-        <v>9251.854</v>
+        <v>9220.908</v>
       </c>
       <c r="F640">
         <v>1631.141</v>
       </c>
       <c r="G640">
-        <v>2532.869</v>
+        <v>2532.361</v>
       </c>
       <c r="H640">
-        <v>-901.728</v>
+        <v>-901.22</v>
       </c>
       <c r="I640">
-        <v>-504.221</v>
+        <v>-480.358</v>
       </c>
       <c r="J640">
-        <v>5925.777</v>
+        <v>5914.94</v>
       </c>
       <c r="K640">
-        <v>605.093</v>
+        <v>604.572</v>
       </c>
       <c r="L640">
-        <v>1309.342</v>
+        <v>1314.125</v>
       </c>
       <c r="M640">
-        <v>7845.905</v>
+        <v>7839.33</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>7581.628</v>
+        <v>7538.718</v>
       </c>
       <c r="C641">
-        <v>649.538</v>
+        <v>648.978</v>
       </c>
       <c r="D641">
-        <v>1318.668</v>
+        <v>1321.438</v>
       </c>
       <c r="E641">
-        <v>9549.833</v>
+        <v>9509.135</v>
       </c>
       <c r="F641">
         <v>1735.37</v>
       </c>
       <c r="G641">
-        <v>2577.13</v>
+        <v>2576.605</v>
       </c>
       <c r="H641">
-        <v>-841.76</v>
+        <v>-841.235</v>
       </c>
       <c r="I641">
-        <v>-767.72</v>
+        <v>-719.661</v>
       </c>
       <c r="J641">
-        <v>5997.619</v>
+        <v>6003.293</v>
       </c>
       <c r="K641">
-        <v>649.538</v>
+        <v>648.978</v>
       </c>
       <c r="L641">
-        <v>1285.233</v>
+        <v>1288.004</v>
       </c>
       <c r="M641">
-        <v>7940.353</v>
+        <v>7948.239</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>7365.288</v>
+        <v>7346.168</v>
       </c>
       <c r="C642">
-        <v>692.155</v>
+        <v>691.559</v>
       </c>
       <c r="D642">
-        <v>1311.355</v>
+        <v>1312.489</v>
       </c>
       <c r="E642">
-        <v>9368.798</v>
+        <v>9350.216</v>
       </c>
       <c r="F642">
         <v>1680.822</v>
       </c>
       <c r="G642">
-        <v>2531.443</v>
+        <v>2530.885</v>
       </c>
       <c r="H642">
-        <v>-850.62</v>
+        <v>-850.063</v>
       </c>
       <c r="I642">
-        <v>-255.539</v>
+        <v>-235.388</v>
       </c>
       <c r="J642">
-        <v>6290.631</v>
+        <v>6291.591</v>
       </c>
       <c r="K642">
-        <v>692.155</v>
+        <v>691.559</v>
       </c>
       <c r="L642">
-        <v>1273.687</v>
+        <v>1275.449</v>
       </c>
       <c r="M642">
-        <v>8262.639</v>
+        <v>8264.765</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>7686.247</v>
+        <v>7703.488</v>
       </c>
       <c r="C643">
-        <v>739.806</v>
+        <v>739.169</v>
       </c>
       <c r="D643">
-        <v>1293.963</v>
+        <v>1294.547</v>
       </c>
       <c r="E643">
-        <v>9720.017</v>
+        <v>9737.204</v>
       </c>
       <c r="F643">
-        <v>1740.387</v>
+        <v>1743.307</v>
       </c>
       <c r="G643">
-        <v>2537.415</v>
+        <v>2542.912</v>
       </c>
       <c r="H643">
-        <v>-797.028</v>
+        <v>-799.605</v>
       </c>
       <c r="I643">
-        <v>-52.47</v>
+        <v>-83.073</v>
       </c>
       <c r="J643">
-        <v>6868.104</v>
+        <v>6854.594</v>
       </c>
       <c r="K643">
-        <v>739.806</v>
+        <v>739.169</v>
       </c>
       <c r="L643">
-        <v>1259.084</v>
+        <v>1257.765</v>
       </c>
       <c r="M643">
-        <v>8870.518</v>
+        <v>8854.526</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>7788.422</v>
+      </c>
+      <c r="C644">
+        <v>738.374</v>
+      </c>
+      <c r="D644">
+        <v>1228.615</v>
+      </c>
+      <c r="E644">
+        <v>9755.411</v>
+      </c>
+      <c r="F644">
+        <v>1761.276</v>
+      </c>
+      <c r="G644">
+        <v>2668.125</v>
+      </c>
+      <c r="H644">
+        <v>-906.849</v>
+      </c>
+      <c r="I644">
+        <v>-227.807</v>
+      </c>
+      <c r="J644">
+        <v>6681.725</v>
+      </c>
+      <c r="K644">
+        <v>738.374</v>
+      </c>
+      <c r="L644">
+        <v>1196.901</v>
+      </c>
+      <c r="M644">
+        <v>8620.755</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>7514.258</v>
+      </c>
+      <c r="C645">
+        <v>683.576</v>
+      </c>
+      <c r="D645">
+        <v>1124.667</v>
+      </c>
+      <c r="E645">
+        <v>9322.501</v>
+      </c>
+      <c r="F645">
+        <v>1727.663</v>
+      </c>
+      <c r="G645">
+        <v>2622.954</v>
+      </c>
+      <c r="H645">
+        <v>-895.291</v>
+      </c>
+      <c r="I645">
+        <v>-464.077</v>
+      </c>
+      <c r="J645">
+        <v>6187.724</v>
+      </c>
+      <c r="K645">
+        <v>683.576</v>
+      </c>
+      <c r="L645">
+        <v>1087.406</v>
+      </c>
+      <c r="M645">
+        <v>7963.132</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29682,125 +29764,125 @@
       </c>
       <c r="H86">
         <v>-5828.319</v>
       </c>
       <c r="I86">
         <v>2031.867</v>
       </c>
       <c r="J86">
         <v>78529.365</v>
       </c>
       <c r="K86">
         <v>8061.02</v>
       </c>
       <c r="L86">
         <v>13129.913</v>
       </c>
       <c r="M86">
         <v>99860.914</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>86271.301</v>
+        <v>86115.041</v>
       </c>
       <c r="C87">
         <v>8098.974</v>
       </c>
       <c r="D87">
         <v>13281.781</v>
       </c>
       <c r="E87">
-        <v>107652.056</v>
+        <v>107495.796</v>
       </c>
       <c r="F87">
-        <v>21657.531</v>
+        <v>21657.289</v>
       </c>
       <c r="G87">
-        <v>29655.971</v>
+        <v>29656.412</v>
       </c>
       <c r="H87">
-        <v>-7998.441</v>
+        <v>-7999.123</v>
       </c>
       <c r="I87">
-        <v>-1118.995</v>
+        <v>-468.821</v>
       </c>
       <c r="J87">
-        <v>77270.417</v>
+        <v>77763.648</v>
       </c>
       <c r="K87">
         <v>8098.974</v>
       </c>
       <c r="L87">
         <v>13100.727</v>
       </c>
       <c r="M87">
-        <v>98534.62</v>
+        <v>99027.851</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>86531.951</v>
+        <v>86476.858</v>
       </c>
       <c r="C88">
-        <v>8173.249</v>
+        <v>8165.019</v>
       </c>
       <c r="D88">
-        <v>14191.706</v>
+        <v>14184.04</v>
       </c>
       <c r="E88">
-        <v>108896.907</v>
+        <v>108825.918</v>
       </c>
       <c r="F88">
-        <v>21696.344</v>
+        <v>21696.038</v>
       </c>
       <c r="G88">
-        <v>30833.343</v>
+        <v>30843.53</v>
       </c>
       <c r="H88">
-        <v>-9136.999</v>
+        <v>-9147.492</v>
       </c>
       <c r="I88">
-        <v>105.926</v>
+        <v>656.551</v>
       </c>
       <c r="J88">
-        <v>77660.878</v>
+        <v>78145.916</v>
       </c>
       <c r="K88">
-        <v>8173.249</v>
+        <v>8165.019</v>
       </c>
       <c r="L88">
-        <v>13984.562</v>
+        <v>13976.896</v>
       </c>
       <c r="M88">
-        <v>99865.834</v>
+        <v>100334.976</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>