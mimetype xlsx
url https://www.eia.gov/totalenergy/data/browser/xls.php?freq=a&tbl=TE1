--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table E1. Primary Energy Overview, Fossil Fuel Equivalency Approach</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Energy Consumption</t>
   </si>
   <si>
     <t>Renewable Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Total Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Total Energy Imports</t>
   </si>
   <si>
     <t>Total Energy Exports</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.264" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26209,406 +26209,447 @@
       </c>
       <c r="J636">
         <v>7268.545</v>
       </c>
       <c r="K636">
         <v>743.543</v>
       </c>
       <c r="L636">
         <v>1117.788</v>
       </c>
       <c r="M636">
         <v>9136.995</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>7342.758</v>
       </c>
       <c r="C637">
         <v>749.17</v>
       </c>
       <c r="D637">
-        <v>1205.146</v>
+        <v>1203.165</v>
       </c>
       <c r="E637">
-        <v>9297.074</v>
+        <v>9295.093</v>
       </c>
       <c r="F637">
         <v>1894.319</v>
       </c>
       <c r="G637">
         <v>2544.976</v>
       </c>
       <c r="H637">
         <v>-650.657</v>
       </c>
       <c r="I637">
-        <v>1336.908</v>
+        <v>1337.801</v>
       </c>
       <c r="J637">
-        <v>8056.042</v>
+        <v>8056.934</v>
       </c>
       <c r="K637">
         <v>749.17</v>
       </c>
       <c r="L637">
-        <v>1168.421</v>
+        <v>1166.44</v>
       </c>
       <c r="M637">
-        <v>9983.325</v>
+        <v>9982.236</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>6674.214</v>
       </c>
       <c r="C638">
         <v>645.675</v>
       </c>
       <c r="D638">
-        <v>1122.037</v>
+        <v>1120.245</v>
       </c>
       <c r="E638">
-        <v>8441.926</v>
+        <v>8440.134</v>
       </c>
       <c r="F638">
         <v>1607.167</v>
       </c>
       <c r="G638">
         <v>2421.679</v>
       </c>
       <c r="H638">
         <v>-814.511</v>
       </c>
       <c r="I638">
-        <v>884.581</v>
+        <v>885.112</v>
       </c>
       <c r="J638">
-        <v>6763.26</v>
+        <v>6763.791</v>
       </c>
       <c r="K638">
         <v>645.675</v>
       </c>
       <c r="L638">
-        <v>1096.622</v>
+        <v>1094.83</v>
       </c>
       <c r="M638">
-        <v>8511.996</v>
+        <v>8510.735</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>7626.328</v>
       </c>
       <c r="C639">
         <v>652.235</v>
       </c>
       <c r="D639">
-        <v>1362.336</v>
+        <v>1360.406</v>
       </c>
       <c r="E639">
-        <v>9640.899</v>
+        <v>9638.97</v>
       </c>
       <c r="F639">
         <v>1664.096</v>
       </c>
       <c r="G639">
         <v>2708.953</v>
       </c>
       <c r="H639">
         <v>-1044.857</v>
       </c>
       <c r="I639">
-        <v>-205.682</v>
+        <v>-205.742</v>
       </c>
       <c r="J639">
-        <v>6403.754</v>
+        <v>6403.694</v>
       </c>
       <c r="K639">
         <v>652.235</v>
       </c>
       <c r="L639">
-        <v>1331.603</v>
+        <v>1329.674</v>
       </c>
       <c r="M639">
-        <v>8390.36</v>
+        <v>8388.371</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>7283.922</v>
       </c>
       <c r="C640">
         <v>604.572</v>
       </c>
       <c r="D640">
-        <v>1332.415</v>
+        <v>1330.606</v>
       </c>
       <c r="E640">
-        <v>9220.908</v>
+        <v>9219.1</v>
       </c>
       <c r="F640">
         <v>1631.141</v>
       </c>
       <c r="G640">
         <v>2532.361</v>
       </c>
       <c r="H640">
         <v>-901.22</v>
       </c>
       <c r="I640">
-        <v>-480.358</v>
+        <v>-480.638</v>
       </c>
       <c r="J640">
-        <v>5914.94</v>
+        <v>5914.661</v>
       </c>
       <c r="K640">
         <v>604.572</v>
       </c>
       <c r="L640">
-        <v>1314.125</v>
+        <v>1312.316</v>
       </c>
       <c r="M640">
-        <v>7839.33</v>
+        <v>7837.242</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>7538.718</v>
       </c>
       <c r="C641">
         <v>648.978</v>
       </c>
       <c r="D641">
-        <v>1321.438</v>
+        <v>1319.545</v>
       </c>
       <c r="E641">
-        <v>9509.135</v>
+        <v>9507.241</v>
       </c>
       <c r="F641">
         <v>1735.37</v>
       </c>
       <c r="G641">
         <v>2576.605</v>
       </c>
       <c r="H641">
         <v>-841.235</v>
       </c>
       <c r="I641">
-        <v>-719.661</v>
+        <v>-720.095</v>
       </c>
       <c r="J641">
-        <v>6003.293</v>
+        <v>6002.86</v>
       </c>
       <c r="K641">
         <v>648.978</v>
       </c>
       <c r="L641">
-        <v>1288.004</v>
+        <v>1286.11</v>
       </c>
       <c r="M641">
-        <v>7948.239</v>
+        <v>7945.912</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>7346.168</v>
       </c>
       <c r="C642">
         <v>691.559</v>
       </c>
       <c r="D642">
-        <v>1312.489</v>
+        <v>1310.581</v>
       </c>
       <c r="E642">
-        <v>9350.216</v>
+        <v>9348.308</v>
       </c>
       <c r="F642">
         <v>1680.822</v>
       </c>
       <c r="G642">
         <v>2530.885</v>
       </c>
       <c r="H642">
         <v>-850.063</v>
       </c>
       <c r="I642">
-        <v>-235.388</v>
+        <v>-235.675</v>
       </c>
       <c r="J642">
-        <v>6291.591</v>
+        <v>6291.304</v>
       </c>
       <c r="K642">
         <v>691.559</v>
       </c>
       <c r="L642">
-        <v>1275.449</v>
+        <v>1273.541</v>
       </c>
       <c r="M642">
-        <v>8264.765</v>
+        <v>8262.57</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>7703.488</v>
       </c>
       <c r="C643">
         <v>739.169</v>
       </c>
       <c r="D643">
-        <v>1294.547</v>
+        <v>1292.572</v>
       </c>
       <c r="E643">
-        <v>9737.204</v>
+        <v>9735.23</v>
       </c>
       <c r="F643">
         <v>1743.307</v>
       </c>
       <c r="G643">
         <v>2542.912</v>
       </c>
       <c r="H643">
         <v>-799.605</v>
       </c>
       <c r="I643">
-        <v>-83.073</v>
+        <v>-82.084</v>
       </c>
       <c r="J643">
-        <v>6854.594</v>
+        <v>6855.583</v>
       </c>
       <c r="K643">
         <v>739.169</v>
       </c>
       <c r="L643">
-        <v>1257.765</v>
+        <v>1255.791</v>
       </c>
       <c r="M643">
-        <v>8854.526</v>
+        <v>8853.541</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>7788.422</v>
+        <v>7788.605</v>
       </c>
       <c r="C644">
         <v>738.374</v>
       </c>
       <c r="D644">
-        <v>1228.615</v>
+        <v>1226.639</v>
       </c>
       <c r="E644">
-        <v>9755.411</v>
+        <v>9753.617</v>
       </c>
       <c r="F644">
         <v>1761.276</v>
       </c>
       <c r="G644">
         <v>2668.125</v>
       </c>
       <c r="H644">
         <v>-906.849</v>
       </c>
       <c r="I644">
-        <v>-227.807</v>
+        <v>-228.271</v>
       </c>
       <c r="J644">
-        <v>6681.725</v>
+        <v>6681.444</v>
       </c>
       <c r="K644">
         <v>738.374</v>
       </c>
       <c r="L644">
-        <v>1196.901</v>
+        <v>1194.924</v>
       </c>
       <c r="M644">
-        <v>8620.755</v>
+        <v>8618.497</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>7514.258</v>
+        <v>7513.99</v>
       </c>
       <c r="C645">
         <v>683.576</v>
       </c>
       <c r="D645">
-        <v>1124.667</v>
+        <v>1122.81</v>
       </c>
       <c r="E645">
-        <v>9322.501</v>
+        <v>9320.376</v>
       </c>
       <c r="F645">
         <v>1727.663</v>
       </c>
       <c r="G645">
-        <v>2622.954</v>
+        <v>2672.762</v>
       </c>
       <c r="H645">
-        <v>-895.291</v>
+        <v>-945.099</v>
       </c>
       <c r="I645">
-        <v>-464.077</v>
+        <v>-420.11</v>
       </c>
       <c r="J645">
-        <v>6187.724</v>
+        <v>6178.691</v>
       </c>
       <c r="K645">
         <v>683.576</v>
       </c>
       <c r="L645">
-        <v>1087.406</v>
+        <v>1088.472</v>
       </c>
       <c r="M645">
-        <v>7963.132</v>
+        <v>7955.166</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>7678.998</v>
+      </c>
+      <c r="C646">
+        <v>618.458</v>
+      </c>
+      <c r="D646">
+        <v>1229.428</v>
+      </c>
+      <c r="E646">
+        <v>9526.884</v>
+      </c>
+      <c r="F646">
+        <v>1629.829</v>
+      </c>
+      <c r="G646">
+        <v>2745.786</v>
+      </c>
+      <c r="H646">
+        <v>-1115.958</v>
+      </c>
+      <c r="I646">
+        <v>-329.134</v>
+      </c>
+      <c r="J646">
+        <v>6262.153</v>
+      </c>
+      <c r="K646">
+        <v>618.458</v>
+      </c>
+      <c r="L646">
+        <v>1199.768</v>
+      </c>
+      <c r="M646">
+        <v>8081.793</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>