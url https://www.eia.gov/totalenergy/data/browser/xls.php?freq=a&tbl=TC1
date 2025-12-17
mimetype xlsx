--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table C1 Population, U.S. Gross Domestic Product, and U.S. Gross Output</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Total Resident Population, United States</t>
   </si>
   <si>
     <t>Total Resident Population, World</t>
   </si>
   <si>
     <t>United States Share of World Population</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product, Nominal</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product, Real</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product Implicit Price Deflator</t>
   </si>
@@ -2428,164 +2428,164 @@
       </c>
       <c r="F83">
         <v>20715.7</v>
       </c>
       <c r="G83">
         <v>1.03979</v>
       </c>
       <c r="H83">
         <v>37658</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="6">
         <v>2020</v>
       </c>
       <c r="B84">
         <v>331.6</v>
       </c>
       <c r="C84">
         <v>7784.6</v>
       </c>
       <c r="D84">
         <v>4.3</v>
       </c>
       <c r="E84">
-        <v>21354.1</v>
+        <v>21375.3</v>
       </c>
       <c r="F84">
-        <v>20267.6</v>
+        <v>20284.5</v>
       </c>
       <c r="G84">
-        <v>1.05361</v>
+        <v>1.05377</v>
       </c>
       <c r="H84">
-        <v>36710.1</v>
+        <v>36714.6</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="6">
         <v>2021</v>
       </c>
       <c r="B85">
         <v>332.1</v>
       </c>
       <c r="C85">
         <v>7855.2</v>
       </c>
       <c r="D85">
         <v>4.2</v>
       </c>
       <c r="E85">
-        <v>23681.2</v>
+        <v>23725.6</v>
       </c>
       <c r="F85">
-        <v>21494.8</v>
+        <v>21532.4</v>
       </c>
       <c r="G85">
-        <v>1.10172</v>
+        <v>1.10186</v>
       </c>
       <c r="H85">
-        <v>41809.3</v>
+        <v>41833.3</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="6">
         <v>2022</v>
       </c>
       <c r="B86">
         <v>334</v>
       </c>
       <c r="C86">
         <v>7919.2</v>
       </c>
       <c r="D86">
         <v>4.2</v>
       </c>
       <c r="E86">
-        <v>26006.9</v>
+        <v>26054.6</v>
       </c>
       <c r="F86">
-        <v>22034.8</v>
+        <v>22075.9</v>
       </c>
       <c r="G86">
-        <v>1.18026</v>
+        <v>1.18023</v>
       </c>
       <c r="H86">
-        <v>46633.5</v>
+        <v>46611.2</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="6">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>336.8</v>
       </c>
       <c r="C87">
         <v>7985.2</v>
       </c>
       <c r="D87">
         <v>4.2</v>
       </c>
       <c r="E87">
-        <v>27720.7</v>
+        <v>27811.5</v>
       </c>
       <c r="F87">
-        <v>22671.1</v>
+        <v>22723.7</v>
       </c>
       <c r="G87">
-        <v>1.22273</v>
+        <v>1.2239</v>
       </c>
       <c r="H87">
-        <v>48386.8</v>
+        <v>48540.3</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="6">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>340.1</v>
       </c>
       <c r="C88">
         <v>8056.1</v>
       </c>
       <c r="D88">
         <v>4.2</v>
       </c>
       <c r="E88">
-        <v>29183.8</v>
+        <v>29298</v>
       </c>
       <c r="F88">
-        <v>23303.5</v>
+        <v>23358.4</v>
       </c>
       <c r="G88">
-        <v>1.25234</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1.25428</v>
+      </c>
+      <c r="H88">
+        <v>50736.6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>