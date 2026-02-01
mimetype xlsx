--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table C1 Population, U.S. Gross Domestic Product, and U.S. Gross Output</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Total Resident Population, United States</t>
   </si>
   <si>
     <t>Total Resident Population, World</t>
   </si>
   <si>
     <t>United States Share of World Population</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product, Nominal</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product, Real</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product Implicit Price Deflator</t>
   </si>