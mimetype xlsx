--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table C1 Population, U.S. Gross Domestic Product, and U.S. Gross Output</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Total Resident Population, United States</t>
   </si>
   <si>
     <t>Total Resident Population, World</t>
   </si>
   <si>
     <t>United States Share of World Population</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product, Nominal</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product, Real</t>
   </si>
   <si>
     <t>U.S. Gross Domestic Product Implicit Price Deflator</t>
   </si>