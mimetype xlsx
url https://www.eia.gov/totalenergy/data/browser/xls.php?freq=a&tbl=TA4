--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table A4 Approximate Heat Content of Natural Gas</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Natural Gas Production, Marketed Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Production, Dry Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, End-Use Sectors Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, Electric Power Sector Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, Total Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Imports Heat Content</t>
   </si>