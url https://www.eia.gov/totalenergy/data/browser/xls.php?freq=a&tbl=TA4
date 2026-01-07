--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table A4 Approximate Heat Content of Natural Gas</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Natural Gas Production, Marketed Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Production, Dry Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, End-Use Sectors Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, Electric Power Sector Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, Total Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Imports Heat Content</t>
   </si>
@@ -2485,103 +2485,103 @@
       </c>
       <c r="C86">
         <v>1036</v>
       </c>
       <c r="D86">
         <v>1038</v>
       </c>
       <c r="E86">
         <v>1033</v>
       </c>
       <c r="F86">
         <v>1036</v>
       </c>
       <c r="G86">
         <v>1025</v>
       </c>
       <c r="H86">
         <v>1009</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="6">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C87">
         <v>1036</v>
       </c>
       <c r="D87">
         <v>1038</v>
       </c>
       <c r="E87">
         <v>1033</v>
       </c>
       <c r="F87">
         <v>1036</v>
       </c>
       <c r="G87">
         <v>1025</v>
       </c>
       <c r="H87">
         <v>1009</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="6">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>1156</v>
+        <v>1167</v>
       </c>
       <c r="C88">
         <v>1037</v>
       </c>
       <c r="D88">
         <v>1039</v>
       </c>
       <c r="E88">
         <v>1034</v>
       </c>
       <c r="F88">
         <v>1037</v>
       </c>
       <c r="G88">
         <v>1025</v>
       </c>
       <c r="H88">
         <v>1009</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="6">
         <v>2025</v>
       </c>
       <c r="B89">
-        <v>1156</v>
+        <v>1167</v>
       </c>
       <c r="C89">
         <v>1037</v>
       </c>
       <c r="D89">
         <v>1039</v>
       </c>
       <c r="E89">
         <v>1034</v>
       </c>
       <c r="F89">
         <v>1037</v>
       </c>
       <c r="G89">
         <v>1025</v>
       </c>
       <c r="H89">
         <v>1009</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>