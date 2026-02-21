--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table A4 Approximate Heat Content of Natural Gas</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Natural Gas Production, Marketed Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Production, Dry Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, End-Use Sectors Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, Electric Power Sector Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Consumption, Total Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Imports Heat Content</t>
   </si>