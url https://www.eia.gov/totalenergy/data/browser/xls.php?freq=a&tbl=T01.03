--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.3 Primary Energy Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas Consumption (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumption (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumption</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25717,822 +25717,863 @@
       </c>
       <c r="H624">
         <v>0.010418</v>
       </c>
       <c r="I624">
         <v>0.050292</v>
       </c>
       <c r="J624">
         <v>0.129787</v>
       </c>
       <c r="K624">
         <v>0.439923</v>
       </c>
       <c r="L624">
         <v>0.695342</v>
       </c>
       <c r="M624">
         <v>8.352636</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.877113</v>
+        <v>0.877076</v>
       </c>
       <c r="C625">
-        <v>3.856471</v>
+        <v>3.857059</v>
       </c>
       <c r="D625">
         <v>2.914104</v>
       </c>
       <c r="E625">
-        <v>7.646953</v>
+        <v>7.647503</v>
       </c>
       <c r="F625">
-        <v>0.722021</v>
+        <v>0.7214</v>
       </c>
       <c r="G625">
-        <v>0.074846</v>
+        <v>0.073542</v>
       </c>
       <c r="H625">
-        <v>0.010227</v>
+        <v>0.010152</v>
       </c>
       <c r="I625">
-        <v>0.053246</v>
+        <v>0.052445</v>
       </c>
       <c r="J625">
-        <v>0.119183</v>
+        <v>0.118706</v>
       </c>
       <c r="K625">
-        <v>0.411877</v>
+        <v>0.412307</v>
       </c>
       <c r="L625">
-        <v>0.669378</v>
+        <v>0.667152</v>
       </c>
       <c r="M625">
-        <v>9.044278</v>
+        <v>9.04198</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.559404</v>
+        <v>0.560999</v>
       </c>
       <c r="C626">
-        <v>3.076388</v>
+        <v>3.071554</v>
       </c>
       <c r="D626">
         <v>2.733942</v>
       </c>
       <c r="E626">
-        <v>6.368177</v>
+        <v>6.364937</v>
       </c>
       <c r="F626">
-        <v>0.67503</v>
+        <v>0.674449</v>
       </c>
       <c r="G626">
-        <v>0.068599</v>
+        <v>0.070954</v>
       </c>
       <c r="H626">
-        <v>0.009529</v>
+        <v>0.009476</v>
       </c>
       <c r="I626">
-        <v>0.065214</v>
+        <v>0.065106</v>
       </c>
       <c r="J626">
-        <v>0.141809</v>
+        <v>0.139829</v>
       </c>
       <c r="K626">
-        <v>0.404484</v>
+        <v>0.410653</v>
       </c>
       <c r="L626">
-        <v>0.689635</v>
+        <v>0.696018</v>
       </c>
       <c r="M626">
-        <v>7.733389</v>
+        <v>7.735951</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.490503</v>
+        <v>0.492745</v>
       </c>
       <c r="C627">
-        <v>2.899002</v>
+        <v>2.89572</v>
       </c>
       <c r="D627">
         <v>2.943843</v>
       </c>
       <c r="E627">
-        <v>6.329265</v>
+        <v>6.328226</v>
       </c>
       <c r="F627">
-        <v>0.66209</v>
+        <v>0.66152</v>
       </c>
       <c r="G627">
-        <v>0.07957</v>
+        <v>0.079713</v>
       </c>
       <c r="H627">
-        <v>0.009777</v>
+        <v>0.010017</v>
       </c>
       <c r="I627">
-        <v>0.08379</v>
+        <v>0.084311</v>
       </c>
       <c r="J627">
-        <v>0.155726</v>
+        <v>0.153888</v>
       </c>
       <c r="K627">
-        <v>0.426751</v>
+        <v>0.427495</v>
       </c>
       <c r="L627">
-        <v>0.755615</v>
+        <v>0.755423</v>
       </c>
       <c r="M627">
-        <v>7.745781</v>
+        <v>7.74398</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.465974</v>
+        <v>0.466433</v>
       </c>
       <c r="C628">
-        <v>2.482152</v>
+        <v>2.481549</v>
       </c>
       <c r="D628">
         <v>2.888119</v>
       </c>
       <c r="E628">
-        <v>5.831803</v>
+        <v>5.83166</v>
       </c>
       <c r="F628">
-        <v>0.60226</v>
+        <v>0.60091</v>
       </c>
       <c r="G628">
-        <v>0.066112</v>
+        <v>0.071365</v>
       </c>
       <c r="H628">
-        <v>0.009762</v>
+        <v>0.009571</v>
       </c>
       <c r="I628">
-        <v>0.098061</v>
+        <v>0.098328</v>
       </c>
       <c r="J628">
-        <v>0.161664</v>
+        <v>0.160666</v>
       </c>
       <c r="K628">
-        <v>0.409499</v>
+        <v>0.409014</v>
       </c>
       <c r="L628">
-        <v>0.745099</v>
+        <v>0.748944</v>
       </c>
       <c r="M628">
-        <v>7.177581</v>
+        <v>7.179933</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.562572</v>
+        <v>0.561998</v>
       </c>
       <c r="C629">
-        <v>2.415994</v>
+        <v>2.418547</v>
       </c>
       <c r="D629">
         <v>3.089182</v>
       </c>
       <c r="E629">
-        <v>6.065292</v>
+        <v>6.067272</v>
       </c>
       <c r="F629">
-        <v>0.679097</v>
+        <v>0.678513</v>
       </c>
       <c r="G629">
-        <v>0.077169</v>
+        <v>0.083516</v>
       </c>
       <c r="H629">
-        <v>0.009637</v>
+        <v>0.009631</v>
       </c>
       <c r="I629">
-        <v>0.111635</v>
+        <v>0.111958</v>
       </c>
       <c r="J629">
-        <v>0.132019</v>
+        <v>0.13394</v>
       </c>
       <c r="K629">
-        <v>0.436958</v>
+        <v>0.434415</v>
       </c>
       <c r="L629">
-        <v>0.767418</v>
+        <v>0.773461</v>
       </c>
       <c r="M629">
-        <v>7.511962</v>
+        <v>7.5194</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.719694</v>
+        <v>0.719867</v>
       </c>
       <c r="C630">
-        <v>2.518038</v>
+        <v>2.511954</v>
       </c>
       <c r="D630">
         <v>2.942073</v>
       </c>
       <c r="E630">
-        <v>6.174972</v>
+        <v>6.16906</v>
       </c>
       <c r="F630">
-        <v>0.712744</v>
+        <v>0.712131</v>
       </c>
       <c r="G630">
-        <v>0.072238</v>
+        <v>0.076417</v>
       </c>
       <c r="H630">
-        <v>0.009561</v>
+        <v>0.009306</v>
       </c>
       <c r="I630">
-        <v>0.118809</v>
+        <v>0.119139</v>
       </c>
       <c r="J630">
-        <v>0.130203</v>
+        <v>0.131913</v>
       </c>
       <c r="K630">
-        <v>0.419516</v>
+        <v>0.42338</v>
       </c>
       <c r="L630">
-        <v>0.750327</v>
+        <v>0.760155</v>
       </c>
       <c r="M630">
-        <v>7.642894</v>
+        <v>7.646196</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.837188</v>
+        <v>0.836122</v>
       </c>
       <c r="C631">
-        <v>2.84344</v>
+        <v>2.83618</v>
       </c>
       <c r="D631">
         <v>3.061867</v>
       </c>
       <c r="E631">
-        <v>6.740925</v>
+        <v>6.7326</v>
       </c>
       <c r="F631">
-        <v>0.730441</v>
+        <v>0.729451</v>
       </c>
       <c r="G631">
-        <v>0.072292</v>
+        <v>0.072962</v>
       </c>
       <c r="H631">
-        <v>0.009918</v>
+        <v>0.009533</v>
       </c>
       <c r="I631">
-        <v>0.11945</v>
+        <v>0.120168</v>
       </c>
       <c r="J631">
-        <v>0.095435</v>
+        <v>0.096575</v>
       </c>
       <c r="K631">
-        <v>0.444381</v>
+        <v>0.446642</v>
       </c>
       <c r="L631">
-        <v>0.741477</v>
+        <v>0.745879</v>
       </c>
       <c r="M631">
-        <v>8.221327</v>
+        <v>8.216414</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.817614</v>
+        <v>0.816069</v>
       </c>
       <c r="C632">
-        <v>2.812161</v>
+        <v>2.815408</v>
       </c>
       <c r="D632">
         <v>3.110666</v>
       </c>
       <c r="E632">
-        <v>6.736376</v>
+        <v>6.738078</v>
       </c>
       <c r="F632">
-        <v>0.729135</v>
+        <v>0.728507</v>
       </c>
       <c r="G632">
-        <v>0.072894</v>
+        <v>0.069914</v>
       </c>
       <c r="H632">
-        <v>0.009877</v>
+        <v>0.009566</v>
       </c>
       <c r="I632">
-        <v>0.11744</v>
+        <v>0.118115</v>
       </c>
       <c r="J632">
-        <v>0.098143</v>
+        <v>0.099936</v>
       </c>
       <c r="K632">
-        <v>0.438638</v>
+        <v>0.438084</v>
       </c>
       <c r="L632">
-        <v>0.736992</v>
+        <v>0.735615</v>
       </c>
       <c r="M632">
-        <v>8.20986</v>
+        <v>8.209557</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.665353</v>
+        <v>0.662579</v>
       </c>
       <c r="C633">
-        <v>2.504063</v>
+        <v>2.498307</v>
       </c>
       <c r="D633">
         <v>2.895897</v>
       </c>
       <c r="E633">
-        <v>6.06204</v>
+        <v>6.053509</v>
       </c>
       <c r="F633">
-        <v>0.654927</v>
+        <v>0.654363</v>
       </c>
       <c r="G633">
-        <v>0.056864</v>
+        <v>0.054289</v>
       </c>
       <c r="H633">
-        <v>0.009561</v>
+        <v>0.009304</v>
       </c>
       <c r="I633">
-        <v>0.100739</v>
+        <v>0.101424</v>
       </c>
       <c r="J633">
-        <v>0.098932</v>
+        <v>0.099557</v>
       </c>
       <c r="K633">
-        <v>0.419904</v>
+        <v>0.419187</v>
       </c>
       <c r="L633">
-        <v>0.685999</v>
+        <v>0.683761</v>
       </c>
       <c r="M633">
-        <v>7.410139</v>
+        <v>7.398806</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.590775</v>
+        <v>0.587661</v>
       </c>
       <c r="C634">
-        <v>2.517172</v>
+        <v>2.517021</v>
       </c>
       <c r="D634">
         <v>3.126592</v>
       </c>
       <c r="E634">
-        <v>6.230653</v>
+        <v>6.227387</v>
       </c>
       <c r="F634">
-        <v>0.614299</v>
+        <v>0.61377</v>
       </c>
       <c r="G634">
-        <v>0.053982</v>
+        <v>0.052382</v>
       </c>
       <c r="H634">
-        <v>0.009473</v>
+        <v>0.009681</v>
       </c>
       <c r="I634">
-        <v>0.094938</v>
+        <v>0.095764</v>
       </c>
       <c r="J634">
-        <v>0.136664</v>
+        <v>0.135086</v>
       </c>
       <c r="K634">
-        <v>0.430193</v>
+        <v>0.428958</v>
       </c>
       <c r="L634">
-        <v>0.72525</v>
+        <v>0.721871</v>
       </c>
       <c r="M634">
-        <v>7.576653</v>
+        <v>7.569479</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.571257</v>
+        <v>0.568688</v>
       </c>
       <c r="C635">
-        <v>2.806837</v>
+        <v>2.801919</v>
       </c>
       <c r="D635">
         <v>2.884592</v>
       </c>
       <c r="E635">
-        <v>6.260068</v>
+        <v>6.252581</v>
       </c>
       <c r="F635">
-        <v>0.647021</v>
+        <v>0.646464</v>
       </c>
       <c r="G635">
-        <v>0.062357</v>
+        <v>0.05706</v>
       </c>
       <c r="H635">
-        <v>0.009502</v>
+        <v>0.0097</v>
       </c>
       <c r="I635">
-        <v>0.070004</v>
+        <v>0.069728</v>
       </c>
       <c r="J635">
-        <v>0.139757</v>
+        <v>0.136934</v>
       </c>
       <c r="K635">
-        <v>0.42663</v>
+        <v>0.425954</v>
       </c>
       <c r="L635">
-        <v>0.708251</v>
+        <v>0.699376</v>
       </c>
       <c r="M635">
-        <v>7.617193</v>
+        <v>7.600274</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.745925</v>
+        <v>0.745128</v>
       </c>
       <c r="C636">
-        <v>3.473073</v>
+        <v>3.476888</v>
       </c>
       <c r="D636">
         <v>2.99905</v>
       </c>
       <c r="E636">
-        <v>7.214343</v>
+        <v>7.217361</v>
       </c>
       <c r="F636">
-        <v>0.744183</v>
+        <v>0.743543</v>
       </c>
       <c r="G636">
-        <v>0.069551</v>
+        <v>0.066647</v>
       </c>
       <c r="H636">
-        <v>0.010145</v>
+        <v>0.010132</v>
       </c>
       <c r="I636">
-        <v>0.064924</v>
+        <v>0.063761</v>
       </c>
       <c r="J636">
-        <v>0.137651</v>
+        <v>0.134867</v>
       </c>
       <c r="K636">
-        <v>0.433106</v>
+        <v>0.436186</v>
       </c>
       <c r="L636">
-        <v>0.715377</v>
+        <v>0.711594</v>
       </c>
       <c r="M636">
-        <v>8.681022</v>
+        <v>8.679617</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.942058</v>
+        <v>0.942599</v>
       </c>
       <c r="C637">
-        <v>4.062237</v>
+        <v>4.059503</v>
       </c>
       <c r="D637">
         <v>3.057563</v>
       </c>
       <c r="E637">
-        <v>8.060731</v>
+        <v>8.058538</v>
       </c>
       <c r="F637">
-        <v>0.749815</v>
+        <v>0.74917</v>
       </c>
       <c r="G637">
-        <v>0.072308</v>
+        <v>0.073116</v>
       </c>
       <c r="H637">
-        <v>0.010085</v>
+        <v>0.010133</v>
       </c>
       <c r="I637">
-        <v>0.074239</v>
+        <v>0.074546</v>
       </c>
       <c r="J637">
-        <v>0.148866</v>
+        <v>0.148803</v>
       </c>
       <c r="K637">
-        <v>0.407241</v>
+        <v>0.407658</v>
       </c>
       <c r="L637">
-        <v>0.712739</v>
+        <v>0.714256</v>
       </c>
       <c r="M637">
-        <v>9.532978</v>
+        <v>9.531656</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>0.733889</v>
+        <v>0.734631</v>
       </c>
       <c r="C638">
-        <v>3.35387</v>
+        <v>3.351976</v>
       </c>
       <c r="D638">
         <v>2.682493</v>
       </c>
       <c r="E638">
-        <v>6.768933</v>
+        <v>6.76778</v>
       </c>
       <c r="F638">
-        <v>0.646232</v>
+        <v>0.645675</v>
       </c>
       <c r="G638">
-        <v>0.065958</v>
+        <v>0.066674</v>
       </c>
       <c r="H638">
-        <v>0.00912</v>
+        <v>0.009142</v>
       </c>
       <c r="I638">
         <v>0.07978</v>
       </c>
       <c r="J638">
-        <v>0.134501</v>
+        <v>0.134285</v>
       </c>
       <c r="K638">
-        <v>0.377076</v>
+        <v>0.37797</v>
       </c>
       <c r="L638">
-        <v>0.666435</v>
+        <v>0.667851</v>
       </c>
       <c r="M638">
-        <v>8.088038</v>
+        <v>8.087746</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>0.596852</v>
+        <v>0.598578</v>
       </c>
       <c r="C639">
-        <v>2.848589</v>
+        <v>2.845987</v>
       </c>
       <c r="D639">
         <v>2.950975</v>
       </c>
       <c r="E639">
-        <v>6.395228</v>
+        <v>6.394353</v>
       </c>
       <c r="F639">
-        <v>0.652797</v>
+        <v>0.652235</v>
       </c>
       <c r="G639">
-        <v>0.07518</v>
+        <v>0.076613</v>
       </c>
       <c r="H639">
-        <v>0.010364</v>
+        <v>0.010128</v>
       </c>
       <c r="I639">
-        <v>0.111424</v>
+        <v>0.111376</v>
       </c>
       <c r="J639">
-        <v>0.17296</v>
+        <v>0.17267</v>
       </c>
       <c r="K639">
-        <v>0.409888</v>
+        <v>0.411318</v>
       </c>
       <c r="L639">
-        <v>0.779815</v>
+        <v>0.782105</v>
       </c>
       <c r="M639">
-        <v>7.830608</v>
+        <v>7.83146</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.553559</v>
+        <v>0.550091</v>
       </c>
       <c r="C640">
-        <v>2.469916</v>
+        <v>2.464046</v>
       </c>
       <c r="D640">
         <v>2.904502</v>
       </c>
       <c r="E640">
-        <v>5.925777</v>
+        <v>5.916441</v>
       </c>
       <c r="F640">
-        <v>0.605093</v>
+        <v>0.604572</v>
       </c>
       <c r="G640">
-        <v>0.076479</v>
+        <v>0.07793</v>
       </c>
       <c r="H640">
-        <v>0.009602</v>
+        <v>0.009676</v>
       </c>
       <c r="I640">
-        <v>0.126654</v>
+        <v>0.126614</v>
       </c>
       <c r="J640">
-        <v>0.156036</v>
+        <v>0.156572</v>
       </c>
       <c r="K640">
-        <v>0.393357</v>
+        <v>0.394401</v>
       </c>
       <c r="L640">
-        <v>0.762128</v>
+        <v>0.765192</v>
       </c>
       <c r="M640">
-        <v>7.298692</v>
+        <v>7.291898</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.586491</v>
+        <v>0.591016</v>
       </c>
       <c r="C641">
-        <v>2.388749</v>
+        <v>2.388194</v>
       </c>
       <c r="D641">
         <v>3.025136</v>
       </c>
       <c r="E641">
-        <v>5.997619</v>
+        <v>6.001588</v>
       </c>
       <c r="F641">
-        <v>0.649538</v>
+        <v>0.648978</v>
       </c>
       <c r="G641">
-        <v>0.082003</v>
+        <v>0.083111</v>
       </c>
       <c r="H641">
-        <v>0.00946</v>
+        <v>0.009669</v>
       </c>
       <c r="I641">
-        <v>0.139202</v>
+        <v>0.139089</v>
       </c>
       <c r="J641">
-        <v>0.125925</v>
+        <v>0.125838</v>
       </c>
       <c r="K641">
-        <v>0.401117</v>
+        <v>0.40238</v>
       </c>
       <c r="L641">
-        <v>0.757706</v>
+        <v>0.760087</v>
       </c>
       <c r="M641">
-        <v>7.412826</v>
+        <v>7.418616</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.754476</v>
+        <v>0.757221</v>
       </c>
       <c r="C642">
-        <v>2.504626</v>
+        <v>2.501099</v>
       </c>
       <c r="D642">
         <v>3.034207</v>
       </c>
       <c r="E642">
-        <v>6.290631</v>
+        <v>6.289849</v>
       </c>
       <c r="F642">
-        <v>0.692155</v>
+        <v>0.691559</v>
       </c>
       <c r="G642">
-        <v>0.074977</v>
+        <v>0.075615</v>
       </c>
       <c r="H642">
-        <v>0.009541</v>
+        <v>0.009578</v>
       </c>
       <c r="I642">
-        <v>0.146623</v>
+        <v>0.146728</v>
       </c>
       <c r="J642">
-        <v>0.122325</v>
+        <v>0.122109</v>
       </c>
       <c r="K642">
-        <v>0.397221</v>
+        <v>0.398864</v>
       </c>
       <c r="L642">
-        <v>0.750687</v>
+        <v>0.752893</v>
       </c>
       <c r="M642">
-        <v>7.739639</v>
+        <v>7.740467</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.918424</v>
+        <v>0.91918</v>
       </c>
       <c r="C643">
-        <v>2.82825</v>
+        <v>2.822506</v>
       </c>
       <c r="D643">
         <v>3.123539</v>
       </c>
       <c r="E643">
-        <v>6.868104</v>
+        <v>6.863115</v>
       </c>
       <c r="F643">
-        <v>0.739806</v>
+        <v>0.739169</v>
       </c>
       <c r="G643">
-        <v>0.068537</v>
+        <v>0.068186</v>
       </c>
       <c r="H643">
-        <v>0.009788</v>
+        <v>0.009778</v>
       </c>
       <c r="I643">
-        <v>0.153459</v>
+        <v>0.153256</v>
       </c>
       <c r="J643">
-        <v>0.108608</v>
+        <v>0.108556</v>
       </c>
       <c r="K643">
-        <v>0.416208</v>
+        <v>0.417699</v>
       </c>
       <c r="L643">
-        <v>0.7566</v>
+        <v>0.757474</v>
       </c>
       <c r="M643">
-        <v>8.368035</v>
+        <v>8.377925</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0.815856</v>
+      </c>
+      <c r="C644">
+        <v>2.730271</v>
+      </c>
+      <c r="D644">
+        <v>3.098972</v>
+      </c>
+      <c r="E644">
+        <v>6.642086</v>
+      </c>
+      <c r="F644">
+        <v>0.738374</v>
+      </c>
+      <c r="G644">
+        <v>0.068181</v>
+      </c>
+      <c r="H644">
+        <v>0.009995</v>
+      </c>
+      <c r="I644">
+        <v>0.145443</v>
+      </c>
+      <c r="J644">
+        <v>0.093137</v>
+      </c>
+      <c r="K644">
+        <v>0.415191</v>
+      </c>
+      <c r="L644">
+        <v>0.731948</v>
+      </c>
+      <c r="M644">
+        <v>8.130309</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29729,84 +29770,84 @@
       </c>
       <c r="H87">
         <v>0.119346</v>
       </c>
       <c r="I87">
         <v>0.878414</v>
       </c>
       <c r="J87">
         <v>1.436934</v>
       </c>
       <c r="K87">
         <v>5.021971</v>
       </c>
       <c r="L87">
         <v>8.292613</v>
       </c>
       <c r="M87">
         <v>93.726506</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>7.903373</v>
+        <v>7.895365</v>
       </c>
       <c r="C88">
-        <v>34.20479</v>
+        <v>34.182103</v>
       </c>
       <c r="D88">
         <v>35.58994</v>
       </c>
       <c r="E88">
-        <v>77.660878</v>
+        <v>77.630184</v>
       </c>
       <c r="F88">
-        <v>8.173249</v>
+        <v>8.165019</v>
       </c>
       <c r="G88">
-        <v>0.826474</v>
+        <v>0.828761</v>
       </c>
       <c r="H88">
-        <v>0.11697</v>
+        <v>0.116069</v>
       </c>
       <c r="I88">
-        <v>1.098252</v>
+        <v>1.100246</v>
       </c>
       <c r="J88">
-        <v>1.547186</v>
+        <v>1.541898</v>
       </c>
       <c r="K88">
-        <v>5.101924</v>
+        <v>5.112262</v>
       </c>
       <c r="L88">
-        <v>8.690806</v>
+        <v>8.699237</v>
       </c>
       <c r="M88">
-        <v>94.572078</v>
+        <v>94.541585</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>