--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.3 Primary Energy Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas Consumption (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumption (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumption</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25228,1352 +25228,1434 @@
       </c>
       <c r="I612">
         <v>0.039621</v>
       </c>
       <c r="J612">
         <v>0.131975</v>
       </c>
       <c r="K612">
         <v>0.419814</v>
       </c>
       <c r="L612">
         <v>0.671565</v>
       </c>
       <c r="M612">
         <v>8.650868</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.749991</v>
       </c>
       <c r="C613">
-        <v>3.428798</v>
+        <v>3.479315</v>
       </c>
       <c r="D613">
         <v>2.868308</v>
       </c>
       <c r="E613">
-        <v>7.043884</v>
+        <v>7.0944</v>
       </c>
       <c r="F613">
         <v>0.740734</v>
       </c>
       <c r="G613">
         <v>0.077637</v>
       </c>
       <c r="H613">
         <v>0.010238</v>
       </c>
       <c r="I613">
         <v>0.043675</v>
       </c>
       <c r="J613">
         <v>0.130877</v>
       </c>
       <c r="K613">
         <v>0.41785</v>
       </c>
       <c r="L613">
         <v>0.680278</v>
       </c>
       <c r="M613">
-        <v>8.476106</v>
+        <v>8.526622</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.582093</v>
       </c>
       <c r="C614">
-        <v>3.05827</v>
+        <v>3.103308</v>
       </c>
       <c r="D614">
         <v>2.677937</v>
       </c>
       <c r="E614">
-        <v>6.316142</v>
+        <v>6.36118</v>
       </c>
       <c r="F614">
         <v>0.635553</v>
       </c>
       <c r="G614">
         <v>0.068107</v>
       </c>
       <c r="H614">
         <v>0.009312</v>
       </c>
       <c r="I614">
         <v>0.050934</v>
       </c>
       <c r="J614">
         <v>0.14134</v>
       </c>
       <c r="K614">
         <v>0.375987</v>
       </c>
       <c r="L614">
         <v>0.64568</v>
       </c>
       <c r="M614">
-        <v>7.604009</v>
+        <v>7.649047</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.620012</v>
       </c>
       <c r="C615">
-        <v>3.130185</v>
+        <v>3.17596</v>
       </c>
       <c r="D615">
         <v>3.005884</v>
       </c>
       <c r="E615">
-        <v>6.754053</v>
+        <v>6.799828</v>
       </c>
       <c r="F615">
         <v>0.656599</v>
       </c>
       <c r="G615">
         <v>0.072783</v>
       </c>
       <c r="H615">
         <v>0.010313</v>
       </c>
       <c r="I615">
         <v>0.067325</v>
       </c>
       <c r="J615">
         <v>0.148708</v>
       </c>
       <c r="K615">
         <v>0.423809</v>
       </c>
       <c r="L615">
         <v>0.722937</v>
       </c>
       <c r="M615">
-        <v>8.142331</v>
+        <v>8.188106</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.500012</v>
       </c>
       <c r="C616">
-        <v>2.500013</v>
+        <v>2.536472</v>
       </c>
       <c r="D616">
         <v>2.87775</v>
       </c>
       <c r="E616">
-        <v>5.876264</v>
+        <v>5.912723</v>
       </c>
       <c r="F616">
         <v>0.592236</v>
       </c>
       <c r="G616">
         <v>0.067625</v>
       </c>
       <c r="H616">
         <v>0.009844</v>
       </c>
       <c r="I616">
         <v>0.080195</v>
       </c>
       <c r="J616">
         <v>0.145848</v>
       </c>
       <c r="K616">
         <v>0.394961</v>
       </c>
       <c r="L616">
         <v>0.698472</v>
       </c>
       <c r="M616">
-        <v>7.173499</v>
+        <v>7.209958</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.550403</v>
       </c>
       <c r="C617">
-        <v>2.387001</v>
+        <v>2.421741</v>
       </c>
       <c r="D617">
         <v>3.013819</v>
       </c>
       <c r="E617">
-        <v>5.948411</v>
+        <v>5.98315</v>
       </c>
       <c r="F617">
         <v>0.639194</v>
       </c>
       <c r="G617">
         <v>0.094346</v>
       </c>
       <c r="H617">
         <v>0.009983</v>
       </c>
       <c r="I617">
         <v>0.091191</v>
       </c>
       <c r="J617">
         <v>0.109959</v>
       </c>
       <c r="K617">
         <v>0.433753</v>
       </c>
       <c r="L617">
         <v>0.739232</v>
       </c>
       <c r="M617">
-        <v>7.335792</v>
+        <v>7.370532</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.704646</v>
       </c>
       <c r="C618">
-        <v>2.445803</v>
+        <v>2.481548</v>
       </c>
       <c r="D618">
         <v>2.991353</v>
       </c>
       <c r="E618">
-        <v>6.139448</v>
+        <v>6.175193</v>
       </c>
       <c r="F618">
         <v>0.67749</v>
       </c>
       <c r="G618">
         <v>0.073604</v>
       </c>
       <c r="H618">
         <v>0.009632</v>
       </c>
       <c r="I618">
         <v>0.092488</v>
       </c>
       <c r="J618">
         <v>0.09399</v>
       </c>
       <c r="K618">
         <v>0.421128</v>
       </c>
       <c r="L618">
         <v>0.690843</v>
       </c>
       <c r="M618">
-        <v>7.513546</v>
+        <v>7.54929</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.912435</v>
       </c>
       <c r="C619">
-        <v>2.761927</v>
+        <v>2.802589</v>
       </c>
       <c r="D619">
         <v>2.975004</v>
       </c>
       <c r="E619">
-        <v>6.646121</v>
+        <v>6.686783</v>
       </c>
       <c r="F619">
         <v>0.730465</v>
       </c>
       <c r="G619">
         <v>0.074988</v>
       </c>
       <c r="H619">
         <v>0.009815</v>
       </c>
       <c r="I619">
         <v>0.097451</v>
       </c>
       <c r="J619">
         <v>0.095552</v>
       </c>
       <c r="K619">
         <v>0.422889</v>
       </c>
       <c r="L619">
         <v>0.700695</v>
       </c>
       <c r="M619">
-        <v>8.081483</v>
+        <v>8.122145</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.902649</v>
       </c>
       <c r="C620">
-        <v>2.774212</v>
+        <v>2.814947</v>
       </c>
       <c r="D620">
         <v>3.107767</v>
       </c>
       <c r="E620">
-        <v>6.782068</v>
+        <v>6.822802</v>
       </c>
       <c r="F620">
         <v>0.728965</v>
       </c>
       <c r="G620">
         <v>0.072652</v>
       </c>
       <c r="H620">
         <v>0.009716</v>
       </c>
       <c r="I620">
         <v>0.092601</v>
       </c>
       <c r="J620">
         <v>0.096881</v>
       </c>
       <c r="K620">
         <v>0.435813</v>
       </c>
       <c r="L620">
         <v>0.707663</v>
       </c>
       <c r="M620">
-        <v>8.223419</v>
+        <v>8.264153</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.71624</v>
       </c>
       <c r="C621">
-        <v>2.465203</v>
+        <v>2.501131</v>
       </c>
       <c r="D621">
         <v>2.910715</v>
       </c>
       <c r="E621">
-        <v>6.088257</v>
+        <v>6.124185</v>
       </c>
       <c r="F621">
         <v>0.68523</v>
       </c>
       <c r="G621">
         <v>0.057716</v>
       </c>
       <c r="H621">
         <v>0.009705</v>
       </c>
       <c r="I621">
         <v>0.081384</v>
       </c>
       <c r="J621">
         <v>0.096742</v>
       </c>
       <c r="K621">
         <v>0.413106</v>
       </c>
       <c r="L621">
         <v>0.658652</v>
       </c>
       <c r="M621">
-        <v>7.432434</v>
+        <v>7.468362</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.627492</v>
       </c>
       <c r="C622">
-        <v>2.523803</v>
+        <v>2.560483</v>
       </c>
       <c r="D622">
         <v>3.066815</v>
       </c>
       <c r="E622">
-        <v>6.216431</v>
+        <v>6.253111</v>
       </c>
       <c r="F622">
         <v>0.642125</v>
       </c>
       <c r="G622">
         <v>0.053475</v>
       </c>
       <c r="H622">
         <v>0.010238</v>
       </c>
       <c r="I622">
         <v>0.074138</v>
       </c>
       <c r="J622">
         <v>0.1229</v>
       </c>
       <c r="K622">
         <v>0.426967</v>
       </c>
       <c r="L622">
         <v>0.687717</v>
       </c>
       <c r="M622">
-        <v>7.546972</v>
+        <v>7.583652</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.629086</v>
       </c>
       <c r="C623">
-        <v>2.921111</v>
+        <v>2.963864</v>
       </c>
       <c r="D623">
         <v>2.978286</v>
       </c>
       <c r="E623">
-        <v>6.526288</v>
+        <v>6.569042</v>
       </c>
       <c r="F623">
         <v>0.650717</v>
       </c>
       <c r="G623">
         <v>0.058092</v>
       </c>
       <c r="H623">
         <v>0.010131</v>
       </c>
       <c r="I623">
         <v>0.05674</v>
       </c>
       <c r="J623">
         <v>0.124352</v>
       </c>
       <c r="K623">
         <v>0.415781</v>
       </c>
       <c r="L623">
         <v>0.665096</v>
       </c>
       <c r="M623">
-        <v>7.844286</v>
+        <v>7.887039</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.675729</v>
       </c>
       <c r="C624">
-        <v>3.287515</v>
+        <v>3.335713</v>
       </c>
       <c r="D624">
         <v>2.974597</v>
       </c>
       <c r="E624">
-        <v>6.933061</v>
+        <v>6.98126</v>
       </c>
       <c r="F624">
         <v>0.719666</v>
       </c>
       <c r="G624">
         <v>0.064922</v>
       </c>
       <c r="H624">
         <v>0.010418</v>
       </c>
       <c r="I624">
         <v>0.050292</v>
       </c>
       <c r="J624">
         <v>0.129787</v>
       </c>
       <c r="K624">
         <v>0.439923</v>
       </c>
       <c r="L624">
         <v>0.695342</v>
       </c>
       <c r="M624">
-        <v>8.352636</v>
+        <v>8.400835</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.877076</v>
+        <v>0.878947</v>
       </c>
       <c r="C625">
-        <v>3.857059</v>
+        <v>3.9116</v>
       </c>
       <c r="D625">
         <v>2.914104</v>
       </c>
       <c r="E625">
-        <v>7.647503</v>
+        <v>7.703916</v>
       </c>
       <c r="F625">
         <v>0.7214</v>
       </c>
       <c r="G625">
         <v>0.073542</v>
       </c>
       <c r="H625">
         <v>0.010152</v>
       </c>
       <c r="I625">
         <v>0.052445</v>
       </c>
       <c r="J625">
         <v>0.118706</v>
       </c>
       <c r="K625">
         <v>0.412307</v>
       </c>
       <c r="L625">
         <v>0.667152</v>
       </c>
       <c r="M625">
-        <v>9.04198</v>
+        <v>9.098394</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.560999</v>
+        <v>0.562196</v>
       </c>
       <c r="C626">
-        <v>3.071554</v>
+        <v>3.115143</v>
       </c>
       <c r="D626">
         <v>2.733942</v>
       </c>
       <c r="E626">
-        <v>6.364937</v>
+        <v>6.409724</v>
       </c>
       <c r="F626">
         <v>0.674449</v>
       </c>
       <c r="G626">
         <v>0.070954</v>
       </c>
       <c r="H626">
         <v>0.009476</v>
       </c>
       <c r="I626">
         <v>0.065106</v>
       </c>
       <c r="J626">
         <v>0.139829</v>
       </c>
       <c r="K626">
         <v>0.410653</v>
       </c>
       <c r="L626">
         <v>0.696018</v>
       </c>
       <c r="M626">
-        <v>7.735951</v>
+        <v>7.780738</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.492745</v>
+        <v>0.493797</v>
       </c>
       <c r="C627">
-        <v>2.89572</v>
+        <v>2.937364</v>
       </c>
       <c r="D627">
         <v>2.943843</v>
       </c>
       <c r="E627">
-        <v>6.328226</v>
+        <v>6.370922</v>
       </c>
       <c r="F627">
         <v>0.66152</v>
       </c>
       <c r="G627">
         <v>0.079713</v>
       </c>
       <c r="H627">
         <v>0.010017</v>
       </c>
       <c r="I627">
         <v>0.084311</v>
       </c>
       <c r="J627">
         <v>0.153888</v>
       </c>
       <c r="K627">
         <v>0.427495</v>
       </c>
       <c r="L627">
         <v>0.755423</v>
       </c>
       <c r="M627">
-        <v>7.74398</v>
+        <v>7.786675</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.466433</v>
+        <v>0.467428</v>
       </c>
       <c r="C628">
-        <v>2.481549</v>
+        <v>2.517841</v>
       </c>
       <c r="D628">
         <v>2.888119</v>
       </c>
       <c r="E628">
-        <v>5.83166</v>
+        <v>5.868947</v>
       </c>
       <c r="F628">
         <v>0.60091</v>
       </c>
       <c r="G628">
         <v>0.071365</v>
       </c>
       <c r="H628">
         <v>0.009571</v>
       </c>
       <c r="I628">
         <v>0.098328</v>
       </c>
       <c r="J628">
         <v>0.160666</v>
       </c>
       <c r="K628">
         <v>0.409014</v>
       </c>
       <c r="L628">
         <v>0.748944</v>
       </c>
       <c r="M628">
-        <v>7.179933</v>
+        <v>7.217221</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.561998</v>
+        <v>0.563198</v>
       </c>
       <c r="C629">
-        <v>2.418547</v>
+        <v>2.454586</v>
       </c>
       <c r="D629">
         <v>3.089182</v>
       </c>
       <c r="E629">
-        <v>6.067272</v>
+        <v>6.10451</v>
       </c>
       <c r="F629">
         <v>0.678513</v>
       </c>
       <c r="G629">
         <v>0.083516</v>
       </c>
       <c r="H629">
         <v>0.009631</v>
       </c>
       <c r="I629">
         <v>0.111958</v>
       </c>
       <c r="J629">
         <v>0.13394</v>
       </c>
       <c r="K629">
         <v>0.434415</v>
       </c>
       <c r="L629">
         <v>0.773461</v>
       </c>
       <c r="M629">
-        <v>7.5194</v>
+        <v>7.556638</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.719867</v>
+        <v>0.721403</v>
       </c>
       <c r="C630">
-        <v>2.511954</v>
+        <v>2.549441</v>
       </c>
       <c r="D630">
         <v>2.942073</v>
       </c>
       <c r="E630">
-        <v>6.16906</v>
+        <v>6.208084</v>
       </c>
       <c r="F630">
         <v>0.712131</v>
       </c>
       <c r="G630">
         <v>0.076417</v>
       </c>
       <c r="H630">
         <v>0.009306</v>
       </c>
       <c r="I630">
         <v>0.119139</v>
       </c>
       <c r="J630">
         <v>0.131913</v>
       </c>
       <c r="K630">
         <v>0.42338</v>
       </c>
       <c r="L630">
         <v>0.760155</v>
       </c>
       <c r="M630">
-        <v>7.646196</v>
+        <v>7.685219</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.836122</v>
+        <v>0.837906</v>
       </c>
       <c r="C631">
-        <v>2.83618</v>
+        <v>2.878926</v>
       </c>
       <c r="D631">
         <v>3.061867</v>
       </c>
       <c r="E631">
-        <v>6.7326</v>
+        <v>6.77713</v>
       </c>
       <c r="F631">
         <v>0.729451</v>
       </c>
       <c r="G631">
         <v>0.072962</v>
       </c>
       <c r="H631">
         <v>0.009533</v>
       </c>
       <c r="I631">
         <v>0.120168</v>
       </c>
       <c r="J631">
         <v>0.096575</v>
       </c>
       <c r="K631">
         <v>0.446642</v>
       </c>
       <c r="L631">
         <v>0.745879</v>
       </c>
       <c r="M631">
-        <v>8.216414</v>
+        <v>8.260945</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.816069</v>
+        <v>0.81781</v>
       </c>
       <c r="C632">
-        <v>2.815408</v>
+        <v>2.857748</v>
       </c>
       <c r="D632">
         <v>3.110666</v>
       </c>
       <c r="E632">
-        <v>6.738078</v>
+        <v>6.78216</v>
       </c>
       <c r="F632">
         <v>0.728507</v>
       </c>
       <c r="G632">
         <v>0.069914</v>
       </c>
       <c r="H632">
         <v>0.009566</v>
       </c>
       <c r="I632">
         <v>0.118115</v>
       </c>
       <c r="J632">
         <v>0.099936</v>
       </c>
       <c r="K632">
         <v>0.438084</v>
       </c>
       <c r="L632">
         <v>0.735615</v>
       </c>
       <c r="M632">
-        <v>8.209557</v>
+        <v>8.253639</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.662579</v>
+        <v>0.663993</v>
       </c>
       <c r="C633">
-        <v>2.498307</v>
+        <v>2.53547</v>
       </c>
       <c r="D633">
         <v>2.895897</v>
       </c>
       <c r="E633">
-        <v>6.053509</v>
+        <v>6.092086</v>
       </c>
       <c r="F633">
         <v>0.654363</v>
       </c>
       <c r="G633">
         <v>0.054289</v>
       </c>
       <c r="H633">
         <v>0.009304</v>
       </c>
       <c r="I633">
         <v>0.101424</v>
       </c>
       <c r="J633">
         <v>0.099557</v>
       </c>
       <c r="K633">
         <v>0.419187</v>
       </c>
       <c r="L633">
         <v>0.683761</v>
       </c>
       <c r="M633">
-        <v>7.398806</v>
+        <v>7.437384</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.587661</v>
+        <v>0.588915</v>
       </c>
       <c r="C634">
-        <v>2.517021</v>
+        <v>2.55404</v>
       </c>
       <c r="D634">
         <v>3.126592</v>
       </c>
       <c r="E634">
-        <v>6.227387</v>
+        <v>6.26566</v>
       </c>
       <c r="F634">
         <v>0.61377</v>
       </c>
       <c r="G634">
         <v>0.052382</v>
       </c>
       <c r="H634">
         <v>0.009681</v>
       </c>
       <c r="I634">
         <v>0.095764</v>
       </c>
       <c r="J634">
         <v>0.135086</v>
       </c>
       <c r="K634">
         <v>0.428958</v>
       </c>
       <c r="L634">
         <v>0.721871</v>
       </c>
       <c r="M634">
-        <v>7.569479</v>
+        <v>7.607752</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.568688</v>
+        <v>0.569902</v>
       </c>
       <c r="C635">
-        <v>2.801919</v>
+        <v>2.842346</v>
       </c>
       <c r="D635">
         <v>2.884592</v>
       </c>
       <c r="E635">
-        <v>6.252581</v>
+        <v>6.294221</v>
       </c>
       <c r="F635">
         <v>0.646464</v>
       </c>
       <c r="G635">
         <v>0.05706</v>
       </c>
       <c r="H635">
         <v>0.0097</v>
       </c>
       <c r="I635">
         <v>0.069728</v>
       </c>
       <c r="J635">
         <v>0.136934</v>
       </c>
       <c r="K635">
         <v>0.425954</v>
       </c>
       <c r="L635">
         <v>0.699376</v>
       </c>
       <c r="M635">
-        <v>7.600274</v>
+        <v>7.641914</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.745128</v>
+        <v>0.746718</v>
       </c>
       <c r="C636">
-        <v>3.476888</v>
+        <v>3.526483</v>
       </c>
       <c r="D636">
         <v>2.99905</v>
       </c>
       <c r="E636">
-        <v>7.217361</v>
+        <v>7.268545</v>
       </c>
       <c r="F636">
         <v>0.743543</v>
       </c>
       <c r="G636">
         <v>0.066647</v>
       </c>
       <c r="H636">
         <v>0.010132</v>
       </c>
       <c r="I636">
         <v>0.063761</v>
       </c>
       <c r="J636">
         <v>0.134867</v>
       </c>
       <c r="K636">
         <v>0.436186</v>
       </c>
       <c r="L636">
         <v>0.711594</v>
       </c>
       <c r="M636">
-        <v>8.679617</v>
+        <v>8.730801</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.942599</v>
+        <v>0.944611</v>
       </c>
       <c r="C637">
-        <v>4.059503</v>
+        <v>4.055888</v>
       </c>
       <c r="D637">
         <v>3.057563</v>
       </c>
       <c r="E637">
-        <v>8.058538</v>
+        <v>8.056934</v>
       </c>
       <c r="F637">
         <v>0.74917</v>
       </c>
       <c r="G637">
         <v>0.073116</v>
       </c>
       <c r="H637">
         <v>0.010133</v>
       </c>
       <c r="I637">
         <v>0.074546</v>
       </c>
       <c r="J637">
         <v>0.148803</v>
       </c>
       <c r="K637">
-        <v>0.407658</v>
+        <v>0.405677</v>
       </c>
       <c r="L637">
-        <v>0.714256</v>
+        <v>0.712275</v>
       </c>
       <c r="M637">
-        <v>9.531656</v>
+        <v>9.528071</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>0.734631</v>
+        <v>0.736198</v>
       </c>
       <c r="C638">
-        <v>3.351976</v>
+        <v>3.346419</v>
       </c>
       <c r="D638">
         <v>2.682493</v>
       </c>
       <c r="E638">
-        <v>6.76778</v>
+        <v>6.763791</v>
       </c>
       <c r="F638">
         <v>0.645675</v>
       </c>
       <c r="G638">
         <v>0.066674</v>
       </c>
       <c r="H638">
         <v>0.009142</v>
       </c>
       <c r="I638">
         <v>0.07978</v>
       </c>
       <c r="J638">
         <v>0.134285</v>
       </c>
       <c r="K638">
-        <v>0.37797</v>
+        <v>0.376178</v>
       </c>
       <c r="L638">
-        <v>0.667851</v>
+        <v>0.666059</v>
       </c>
       <c r="M638">
-        <v>8.087746</v>
+        <v>8.081964</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>0.598578</v>
+        <v>0.599855</v>
       </c>
       <c r="C639">
-        <v>2.845987</v>
+        <v>2.854051</v>
       </c>
       <c r="D639">
         <v>2.950975</v>
       </c>
       <c r="E639">
-        <v>6.394353</v>
+        <v>6.403694</v>
       </c>
       <c r="F639">
         <v>0.652235</v>
       </c>
       <c r="G639">
         <v>0.076613</v>
       </c>
       <c r="H639">
         <v>0.010128</v>
       </c>
       <c r="I639">
         <v>0.111376</v>
       </c>
       <c r="J639">
         <v>0.17267</v>
       </c>
       <c r="K639">
-        <v>0.411318</v>
+        <v>0.409388</v>
       </c>
       <c r="L639">
-        <v>0.782105</v>
+        <v>0.780176</v>
       </c>
       <c r="M639">
-        <v>7.83146</v>
+        <v>7.838873</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.550091</v>
+        <v>0.551265</v>
       </c>
       <c r="C640">
-        <v>2.464046</v>
+        <v>2.461093</v>
       </c>
       <c r="D640">
         <v>2.904502</v>
       </c>
       <c r="E640">
-        <v>5.916441</v>
+        <v>5.914661</v>
       </c>
       <c r="F640">
         <v>0.604572</v>
       </c>
       <c r="G640">
         <v>0.07793</v>
       </c>
       <c r="H640">
         <v>0.009676</v>
       </c>
       <c r="I640">
         <v>0.126614</v>
       </c>
       <c r="J640">
         <v>0.156572</v>
       </c>
       <c r="K640">
-        <v>0.394401</v>
+        <v>0.392592</v>
       </c>
       <c r="L640">
-        <v>0.765192</v>
+        <v>0.763384</v>
       </c>
       <c r="M640">
-        <v>7.291898</v>
+        <v>7.28831</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.591016</v>
+        <v>0.592278</v>
       </c>
       <c r="C641">
-        <v>2.388194</v>
+        <v>2.388205</v>
       </c>
       <c r="D641">
         <v>3.025136</v>
       </c>
       <c r="E641">
-        <v>6.001588</v>
+        <v>6.00286</v>
       </c>
       <c r="F641">
         <v>0.648978</v>
       </c>
       <c r="G641">
         <v>0.083111</v>
       </c>
       <c r="H641">
         <v>0.009669</v>
       </c>
       <c r="I641">
         <v>0.139089</v>
       </c>
       <c r="J641">
         <v>0.125838</v>
       </c>
       <c r="K641">
-        <v>0.40238</v>
+        <v>0.400486</v>
       </c>
       <c r="L641">
-        <v>0.760087</v>
+        <v>0.758193</v>
       </c>
       <c r="M641">
-        <v>7.418616</v>
+        <v>7.417995</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.757221</v>
+        <v>0.758837</v>
       </c>
       <c r="C642">
-        <v>2.501099</v>
+        <v>2.500938</v>
       </c>
       <c r="D642">
         <v>3.034207</v>
       </c>
       <c r="E642">
-        <v>6.289849</v>
+        <v>6.291304</v>
       </c>
       <c r="F642">
         <v>0.691559</v>
       </c>
       <c r="G642">
         <v>0.075615</v>
       </c>
       <c r="H642">
         <v>0.009578</v>
       </c>
       <c r="I642">
         <v>0.146728</v>
       </c>
       <c r="J642">
         <v>0.122109</v>
       </c>
       <c r="K642">
-        <v>0.398864</v>
+        <v>0.396956</v>
       </c>
       <c r="L642">
-        <v>0.752893</v>
+        <v>0.750985</v>
       </c>
       <c r="M642">
-        <v>7.740467</v>
+        <v>7.740014</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.91918</v>
+        <v>0.921142</v>
       </c>
       <c r="C643">
-        <v>2.822506</v>
+        <v>2.813013</v>
       </c>
       <c r="D643">
         <v>3.123539</v>
       </c>
       <c r="E643">
-        <v>6.863115</v>
+        <v>6.855583</v>
       </c>
       <c r="F643">
         <v>0.739169</v>
       </c>
       <c r="G643">
         <v>0.068186</v>
       </c>
       <c r="H643">
         <v>0.009778</v>
       </c>
       <c r="I643">
         <v>0.153256</v>
       </c>
       <c r="J643">
         <v>0.108556</v>
       </c>
       <c r="K643">
-        <v>0.417699</v>
+        <v>0.415724</v>
       </c>
       <c r="L643">
-        <v>0.757474</v>
+        <v>0.7555</v>
       </c>
       <c r="M643">
-        <v>8.377925</v>
+        <v>8.35325</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.815856</v>
+        <v>0.817597</v>
       </c>
       <c r="C644">
-        <v>2.730271</v>
+        <v>2.733074</v>
       </c>
       <c r="D644">
-        <v>3.098972</v>
+        <v>3.133785</v>
       </c>
       <c r="E644">
-        <v>6.642086</v>
+        <v>6.681444</v>
       </c>
       <c r="F644">
         <v>0.738374</v>
       </c>
       <c r="G644">
         <v>0.068181</v>
       </c>
       <c r="H644">
         <v>0.009995</v>
       </c>
       <c r="I644">
         <v>0.145443</v>
       </c>
       <c r="J644">
         <v>0.093137</v>
       </c>
       <c r="K644">
-        <v>0.415191</v>
+        <v>0.412588</v>
       </c>
       <c r="L644">
-        <v>0.731948</v>
+        <v>0.729345</v>
       </c>
       <c r="M644">
-        <v>8.130309</v>
+        <v>8.152918</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.698015</v>
+      </c>
+      <c r="C645">
+        <v>2.5065</v>
+      </c>
+      <c r="D645">
+        <v>2.977324</v>
+      </c>
+      <c r="E645">
+        <v>6.178691</v>
+      </c>
+      <c r="F645">
+        <v>0.683576</v>
+      </c>
+      <c r="G645">
+        <v>0.052277</v>
+      </c>
+      <c r="H645">
+        <v>0.009599</v>
+      </c>
+      <c r="I645">
+        <v>0.12978</v>
+      </c>
+      <c r="J645">
+        <v>0.087615</v>
+      </c>
+      <c r="K645">
+        <v>0.39954</v>
+      </c>
+      <c r="L645">
+        <v>0.678811</v>
+      </c>
+      <c r="M645">
+        <v>7.545505</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.657515</v>
+      </c>
+      <c r="C646">
+        <v>2.522782</v>
+      </c>
+      <c r="D646">
+        <v>3.085364</v>
+      </c>
+      <c r="E646">
+        <v>6.262153</v>
+      </c>
+      <c r="F646">
+        <v>0.618458</v>
+      </c>
+      <c r="G646">
+        <v>0.056455</v>
+      </c>
+      <c r="H646">
+        <v>0.009716</v>
+      </c>
+      <c r="I646">
+        <v>0.114214</v>
+      </c>
+      <c r="J646">
+        <v>0.134912</v>
+      </c>
+      <c r="K646">
+        <v>0.419247</v>
+      </c>
+      <c r="L646">
+        <v>0.734544</v>
+      </c>
+      <c r="M646">
+        <v>7.616568</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29732,122 +29814,122 @@
       </c>
       <c r="I86">
         <v>0.763995</v>
       </c>
       <c r="J86">
         <v>1.481823</v>
       </c>
       <c r="K86">
         <v>4.980123</v>
       </c>
       <c r="L86">
         <v>8.213669</v>
       </c>
       <c r="M86">
         <v>94.944669</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>8.170788</v>
       </c>
       <c r="C87">
-        <v>33.683836</v>
+        <v>34.177067</v>
       </c>
       <c r="D87">
         <v>35.44823</v>
       </c>
       <c r="E87">
-        <v>77.270417</v>
+        <v>77.763648</v>
       </c>
       <c r="F87">
         <v>8.098974</v>
       </c>
       <c r="G87">
         <v>0.835948</v>
       </c>
       <c r="H87">
         <v>0.119346</v>
       </c>
       <c r="I87">
         <v>0.878414</v>
       </c>
       <c r="J87">
         <v>1.436934</v>
       </c>
       <c r="K87">
         <v>5.021971</v>
       </c>
       <c r="L87">
         <v>8.292613</v>
       </c>
       <c r="M87">
-        <v>93.726506</v>
+        <v>94.219737</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>7.895365</v>
+        <v>7.912213</v>
       </c>
       <c r="C88">
-        <v>34.182103</v>
+        <v>34.680986</v>
       </c>
       <c r="D88">
         <v>35.58994</v>
       </c>
       <c r="E88">
-        <v>77.630184</v>
+        <v>78.145916</v>
       </c>
       <c r="F88">
         <v>8.165019</v>
       </c>
       <c r="G88">
         <v>0.828761</v>
       </c>
       <c r="H88">
         <v>0.116069</v>
       </c>
       <c r="I88">
         <v>1.100246</v>
       </c>
       <c r="J88">
         <v>1.541898</v>
       </c>
       <c r="K88">
         <v>5.112262</v>
       </c>
       <c r="L88">
         <v>8.699237</v>
       </c>
       <c r="M88">
-        <v>94.541585</v>
+        <v>95.057317</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>