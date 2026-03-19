--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.3 Primary Energy Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption</t>
   </si>
   <si>
     <t>Natural Gas Consumption (Excluding Supplemental Gaseous Fuels)</t>
   </si>
   <si>
     <t>Petroleum Consumption (Excluding Biofuels)</t>
   </si>
   <si>
     <t>Total Fossil Fuels Consumption</t>
   </si>
   <si>
     <t>Nuclear Electric Power Consumption</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumption</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25228,1434 +25228,1475 @@
       </c>
       <c r="I612">
         <v>0.039621</v>
       </c>
       <c r="J612">
         <v>0.131975</v>
       </c>
       <c r="K612">
         <v>0.419814</v>
       </c>
       <c r="L612">
         <v>0.671565</v>
       </c>
       <c r="M612">
         <v>8.650868</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.749991</v>
       </c>
       <c r="C613">
-        <v>3.479315</v>
+        <v>3.428944</v>
       </c>
       <c r="D613">
         <v>2.868308</v>
       </c>
       <c r="E613">
-        <v>7.0944</v>
+        <v>7.044029</v>
       </c>
       <c r="F613">
         <v>0.740734</v>
       </c>
       <c r="G613">
         <v>0.077637</v>
       </c>
       <c r="H613">
         <v>0.010238</v>
       </c>
       <c r="I613">
         <v>0.043675</v>
       </c>
       <c r="J613">
         <v>0.130877</v>
       </c>
       <c r="K613">
         <v>0.41785</v>
       </c>
       <c r="L613">
         <v>0.680278</v>
       </c>
       <c r="M613">
-        <v>8.526622</v>
+        <v>8.476251</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.582093</v>
       </c>
       <c r="C614">
-        <v>3.103308</v>
+        <v>3.057454</v>
       </c>
       <c r="D614">
         <v>2.677937</v>
       </c>
       <c r="E614">
-        <v>6.36118</v>
+        <v>6.315326</v>
       </c>
       <c r="F614">
         <v>0.635553</v>
       </c>
       <c r="G614">
         <v>0.068107</v>
       </c>
       <c r="H614">
         <v>0.009312</v>
       </c>
       <c r="I614">
         <v>0.050934</v>
       </c>
       <c r="J614">
         <v>0.14134</v>
       </c>
       <c r="K614">
         <v>0.375987</v>
       </c>
       <c r="L614">
         <v>0.64568</v>
       </c>
       <c r="M614">
-        <v>7.649047</v>
+        <v>7.603193</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.620012</v>
       </c>
       <c r="C615">
-        <v>3.17596</v>
+        <v>3.12949</v>
       </c>
       <c r="D615">
         <v>3.005884</v>
       </c>
       <c r="E615">
-        <v>6.799828</v>
+        <v>6.753358</v>
       </c>
       <c r="F615">
         <v>0.656599</v>
       </c>
       <c r="G615">
         <v>0.072783</v>
       </c>
       <c r="H615">
         <v>0.010313</v>
       </c>
       <c r="I615">
         <v>0.067325</v>
       </c>
       <c r="J615">
         <v>0.148708</v>
       </c>
       <c r="K615">
         <v>0.423809</v>
       </c>
       <c r="L615">
         <v>0.722937</v>
       </c>
       <c r="M615">
-        <v>8.188106</v>
+        <v>8.141636</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.500012</v>
       </c>
       <c r="C616">
-        <v>2.536472</v>
+        <v>2.499875</v>
       </c>
       <c r="D616">
         <v>2.87775</v>
       </c>
       <c r="E616">
-        <v>5.912723</v>
+        <v>5.876126</v>
       </c>
       <c r="F616">
         <v>0.592236</v>
       </c>
       <c r="G616">
         <v>0.067625</v>
       </c>
       <c r="H616">
         <v>0.009844</v>
       </c>
       <c r="I616">
         <v>0.080195</v>
       </c>
       <c r="J616">
         <v>0.145848</v>
       </c>
       <c r="K616">
         <v>0.394961</v>
       </c>
       <c r="L616">
         <v>0.698472</v>
       </c>
       <c r="M616">
-        <v>7.209958</v>
+        <v>7.17336</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.550403</v>
       </c>
       <c r="C617">
-        <v>2.421741</v>
+        <v>2.386131</v>
       </c>
       <c r="D617">
         <v>3.013819</v>
       </c>
       <c r="E617">
-        <v>5.98315</v>
+        <v>5.947541</v>
       </c>
       <c r="F617">
         <v>0.639194</v>
       </c>
       <c r="G617">
         <v>0.094346</v>
       </c>
       <c r="H617">
         <v>0.009983</v>
       </c>
       <c r="I617">
         <v>0.091191</v>
       </c>
       <c r="J617">
         <v>0.109959</v>
       </c>
       <c r="K617">
         <v>0.433753</v>
       </c>
       <c r="L617">
         <v>0.739232</v>
       </c>
       <c r="M617">
-        <v>7.370532</v>
+        <v>7.334922</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.704646</v>
       </c>
       <c r="C618">
-        <v>2.481548</v>
+        <v>2.444008</v>
       </c>
       <c r="D618">
         <v>2.991353</v>
       </c>
       <c r="E618">
-        <v>6.175193</v>
+        <v>6.137653</v>
       </c>
       <c r="F618">
         <v>0.67749</v>
       </c>
       <c r="G618">
         <v>0.073604</v>
       </c>
       <c r="H618">
         <v>0.009632</v>
       </c>
       <c r="I618">
         <v>0.092488</v>
       </c>
       <c r="J618">
         <v>0.09399</v>
       </c>
       <c r="K618">
         <v>0.421128</v>
       </c>
       <c r="L618">
         <v>0.690843</v>
       </c>
       <c r="M618">
-        <v>7.54929</v>
+        <v>7.51175</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.912435</v>
       </c>
       <c r="C619">
-        <v>2.802589</v>
+        <v>2.760708</v>
       </c>
       <c r="D619">
         <v>2.975004</v>
       </c>
       <c r="E619">
-        <v>6.686783</v>
+        <v>6.644902</v>
       </c>
       <c r="F619">
         <v>0.730465</v>
       </c>
       <c r="G619">
         <v>0.074988</v>
       </c>
       <c r="H619">
         <v>0.009815</v>
       </c>
       <c r="I619">
         <v>0.097451</v>
       </c>
       <c r="J619">
         <v>0.095552</v>
       </c>
       <c r="K619">
         <v>0.422889</v>
       </c>
       <c r="L619">
         <v>0.700695</v>
       </c>
       <c r="M619">
-        <v>8.122145</v>
+        <v>8.080264</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.902649</v>
       </c>
       <c r="C620">
-        <v>2.814947</v>
+        <v>2.772063</v>
       </c>
       <c r="D620">
         <v>3.107767</v>
       </c>
       <c r="E620">
-        <v>6.822802</v>
+        <v>6.779919</v>
       </c>
       <c r="F620">
         <v>0.728965</v>
       </c>
       <c r="G620">
         <v>0.072652</v>
       </c>
       <c r="H620">
         <v>0.009716</v>
       </c>
       <c r="I620">
         <v>0.092601</v>
       </c>
       <c r="J620">
         <v>0.096881</v>
       </c>
       <c r="K620">
         <v>0.435813</v>
       </c>
       <c r="L620">
         <v>0.707663</v>
       </c>
       <c r="M620">
-        <v>8.264153</v>
+        <v>8.22127</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.71624</v>
       </c>
       <c r="C621">
-        <v>2.501131</v>
+        <v>2.464818</v>
       </c>
       <c r="D621">
         <v>2.910715</v>
       </c>
       <c r="E621">
-        <v>6.124185</v>
+        <v>6.087872</v>
       </c>
       <c r="F621">
         <v>0.68523</v>
       </c>
       <c r="G621">
         <v>0.057716</v>
       </c>
       <c r="H621">
         <v>0.009705</v>
       </c>
       <c r="I621">
         <v>0.081384</v>
       </c>
       <c r="J621">
         <v>0.096742</v>
       </c>
       <c r="K621">
         <v>0.413106</v>
       </c>
       <c r="L621">
         <v>0.658652</v>
       </c>
       <c r="M621">
-        <v>7.468362</v>
+        <v>7.432049</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.627492</v>
       </c>
       <c r="C622">
-        <v>2.560483</v>
+        <v>2.523105</v>
       </c>
       <c r="D622">
         <v>3.066815</v>
       </c>
       <c r="E622">
-        <v>6.253111</v>
+        <v>6.215732</v>
       </c>
       <c r="F622">
         <v>0.642125</v>
       </c>
       <c r="G622">
         <v>0.053475</v>
       </c>
       <c r="H622">
         <v>0.010238</v>
       </c>
       <c r="I622">
         <v>0.074138</v>
       </c>
       <c r="J622">
         <v>0.1229</v>
       </c>
       <c r="K622">
         <v>0.426967</v>
       </c>
       <c r="L622">
         <v>0.687717</v>
       </c>
       <c r="M622">
-        <v>7.583652</v>
+        <v>7.546274</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.629086</v>
       </c>
       <c r="C623">
-        <v>2.963864</v>
+        <v>2.920134</v>
       </c>
       <c r="D623">
         <v>2.978286</v>
       </c>
       <c r="E623">
-        <v>6.569042</v>
+        <v>6.525312</v>
       </c>
       <c r="F623">
         <v>0.650717</v>
       </c>
       <c r="G623">
         <v>0.058092</v>
       </c>
       <c r="H623">
         <v>0.010131</v>
       </c>
       <c r="I623">
         <v>0.05674</v>
       </c>
       <c r="J623">
         <v>0.124352</v>
       </c>
       <c r="K623">
         <v>0.415781</v>
       </c>
       <c r="L623">
         <v>0.665096</v>
       </c>
       <c r="M623">
-        <v>7.887039</v>
+        <v>7.84331</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.675729</v>
       </c>
       <c r="C624">
-        <v>3.335713</v>
+        <v>3.289179</v>
       </c>
       <c r="D624">
         <v>2.974597</v>
       </c>
       <c r="E624">
-        <v>6.98126</v>
+        <v>6.934726</v>
       </c>
       <c r="F624">
         <v>0.719666</v>
       </c>
       <c r="G624">
         <v>0.064922</v>
       </c>
       <c r="H624">
         <v>0.010418</v>
       </c>
       <c r="I624">
         <v>0.050292</v>
       </c>
       <c r="J624">
         <v>0.129787</v>
       </c>
       <c r="K624">
         <v>0.439923</v>
       </c>
       <c r="L624">
         <v>0.695342</v>
       </c>
       <c r="M624">
-        <v>8.400835</v>
+        <v>8.354301</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.878947</v>
       </c>
       <c r="C625">
-        <v>3.9116</v>
+        <v>3.859478</v>
       </c>
       <c r="D625">
         <v>2.914104</v>
       </c>
       <c r="E625">
-        <v>7.703916</v>
+        <v>7.651794</v>
       </c>
       <c r="F625">
         <v>0.7214</v>
       </c>
       <c r="G625">
         <v>0.073542</v>
       </c>
       <c r="H625">
         <v>0.010152</v>
       </c>
       <c r="I625">
         <v>0.052445</v>
       </c>
       <c r="J625">
         <v>0.118706</v>
       </c>
       <c r="K625">
         <v>0.412307</v>
       </c>
       <c r="L625">
         <v>0.667152</v>
       </c>
       <c r="M625">
-        <v>9.098394</v>
+        <v>9.046272</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.562196</v>
       </c>
       <c r="C626">
-        <v>3.115143</v>
+        <v>3.068729</v>
       </c>
       <c r="D626">
         <v>2.733942</v>
       </c>
       <c r="E626">
-        <v>6.409724</v>
+        <v>6.36331</v>
       </c>
       <c r="F626">
         <v>0.674449</v>
       </c>
       <c r="G626">
         <v>0.070954</v>
       </c>
       <c r="H626">
         <v>0.009476</v>
       </c>
       <c r="I626">
         <v>0.065106</v>
       </c>
       <c r="J626">
         <v>0.139829</v>
       </c>
       <c r="K626">
         <v>0.410653</v>
       </c>
       <c r="L626">
         <v>0.696018</v>
       </c>
       <c r="M626">
-        <v>7.780738</v>
+        <v>7.734324</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.493797</v>
       </c>
       <c r="C627">
-        <v>2.937364</v>
+        <v>2.895998</v>
       </c>
       <c r="D627">
         <v>2.943843</v>
       </c>
       <c r="E627">
-        <v>6.370922</v>
+        <v>6.329555</v>
       </c>
       <c r="F627">
         <v>0.66152</v>
       </c>
       <c r="G627">
         <v>0.079713</v>
       </c>
       <c r="H627">
         <v>0.010017</v>
       </c>
       <c r="I627">
         <v>0.084311</v>
       </c>
       <c r="J627">
         <v>0.153888</v>
       </c>
       <c r="K627">
         <v>0.427495</v>
       </c>
       <c r="L627">
         <v>0.755423</v>
       </c>
       <c r="M627">
-        <v>7.786675</v>
+        <v>7.745309</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.467428</v>
       </c>
       <c r="C628">
-        <v>2.517841</v>
+        <v>2.480405</v>
       </c>
       <c r="D628">
         <v>2.888119</v>
       </c>
       <c r="E628">
-        <v>5.868947</v>
+        <v>5.83151</v>
       </c>
       <c r="F628">
         <v>0.60091</v>
       </c>
       <c r="G628">
         <v>0.071365</v>
       </c>
       <c r="H628">
         <v>0.009571</v>
       </c>
       <c r="I628">
         <v>0.098328</v>
       </c>
       <c r="J628">
         <v>0.160666</v>
       </c>
       <c r="K628">
         <v>0.409014</v>
       </c>
       <c r="L628">
         <v>0.748944</v>
       </c>
       <c r="M628">
-        <v>7.217221</v>
+        <v>7.179784</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.563198</v>
       </c>
       <c r="C629">
-        <v>2.454586</v>
+        <v>2.41684</v>
       </c>
       <c r="D629">
         <v>3.089182</v>
       </c>
       <c r="E629">
-        <v>6.10451</v>
+        <v>6.066764</v>
       </c>
       <c r="F629">
         <v>0.678513</v>
       </c>
       <c r="G629">
         <v>0.083516</v>
       </c>
       <c r="H629">
         <v>0.009631</v>
       </c>
       <c r="I629">
         <v>0.111958</v>
       </c>
       <c r="J629">
         <v>0.13394</v>
       </c>
       <c r="K629">
         <v>0.434415</v>
       </c>
       <c r="L629">
         <v>0.773461</v>
       </c>
       <c r="M629">
-        <v>7.556638</v>
+        <v>7.518891</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.721403</v>
       </c>
       <c r="C630">
-        <v>2.549441</v>
+        <v>2.512682</v>
       </c>
       <c r="D630">
         <v>2.942073</v>
       </c>
       <c r="E630">
-        <v>6.208084</v>
+        <v>6.171325</v>
       </c>
       <c r="F630">
         <v>0.712131</v>
       </c>
       <c r="G630">
         <v>0.076417</v>
       </c>
       <c r="H630">
         <v>0.009306</v>
       </c>
       <c r="I630">
         <v>0.119139</v>
       </c>
       <c r="J630">
         <v>0.131913</v>
       </c>
       <c r="K630">
         <v>0.42338</v>
       </c>
       <c r="L630">
         <v>0.760155</v>
       </c>
       <c r="M630">
-        <v>7.685219</v>
+        <v>7.648461</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.837906</v>
       </c>
       <c r="C631">
-        <v>2.878926</v>
+        <v>2.839467</v>
       </c>
       <c r="D631">
         <v>3.061867</v>
       </c>
       <c r="E631">
-        <v>6.77713</v>
+        <v>6.737671</v>
       </c>
       <c r="F631">
         <v>0.729451</v>
       </c>
       <c r="G631">
         <v>0.072962</v>
       </c>
       <c r="H631">
         <v>0.009533</v>
       </c>
       <c r="I631">
         <v>0.120168</v>
       </c>
       <c r="J631">
         <v>0.096575</v>
       </c>
       <c r="K631">
         <v>0.446642</v>
       </c>
       <c r="L631">
         <v>0.745879</v>
       </c>
       <c r="M631">
-        <v>8.260945</v>
+        <v>8.221486</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.81781</v>
       </c>
       <c r="C632">
-        <v>2.857748</v>
+        <v>2.816359</v>
       </c>
       <c r="D632">
         <v>3.110666</v>
       </c>
       <c r="E632">
-        <v>6.78216</v>
+        <v>6.740771</v>
       </c>
       <c r="F632">
         <v>0.728507</v>
       </c>
       <c r="G632">
         <v>0.069914</v>
       </c>
       <c r="H632">
         <v>0.009566</v>
       </c>
       <c r="I632">
         <v>0.118115</v>
       </c>
       <c r="J632">
         <v>0.099936</v>
       </c>
       <c r="K632">
         <v>0.438084</v>
       </c>
       <c r="L632">
         <v>0.735615</v>
       </c>
       <c r="M632">
-        <v>8.253639</v>
+        <v>8.21225</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.663993</v>
       </c>
       <c r="C633">
-        <v>2.53547</v>
+        <v>2.497721</v>
       </c>
       <c r="D633">
         <v>2.895897</v>
       </c>
       <c r="E633">
-        <v>6.092086</v>
+        <v>6.054337</v>
       </c>
       <c r="F633">
         <v>0.654363</v>
       </c>
       <c r="G633">
         <v>0.054289</v>
       </c>
       <c r="H633">
         <v>0.009304</v>
       </c>
       <c r="I633">
         <v>0.101424</v>
       </c>
       <c r="J633">
         <v>0.099557</v>
       </c>
       <c r="K633">
         <v>0.419187</v>
       </c>
       <c r="L633">
         <v>0.683761</v>
       </c>
       <c r="M633">
-        <v>7.437384</v>
+        <v>7.399634</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.588915</v>
       </c>
       <c r="C634">
-        <v>2.55404</v>
+        <v>2.51252</v>
       </c>
       <c r="D634">
         <v>3.126592</v>
       </c>
       <c r="E634">
-        <v>6.26566</v>
+        <v>6.22414</v>
       </c>
       <c r="F634">
         <v>0.61377</v>
       </c>
       <c r="G634">
         <v>0.052382</v>
       </c>
       <c r="H634">
         <v>0.009681</v>
       </c>
       <c r="I634">
         <v>0.095764</v>
       </c>
       <c r="J634">
         <v>0.135086</v>
       </c>
       <c r="K634">
         <v>0.428958</v>
       </c>
       <c r="L634">
         <v>0.721871</v>
       </c>
       <c r="M634">
-        <v>7.607752</v>
+        <v>7.566232</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.569902</v>
       </c>
       <c r="C635">
-        <v>2.842346</v>
+        <v>2.80154</v>
       </c>
       <c r="D635">
         <v>2.884592</v>
       </c>
       <c r="E635">
-        <v>6.294221</v>
+        <v>6.253416</v>
       </c>
       <c r="F635">
         <v>0.646464</v>
       </c>
       <c r="G635">
         <v>0.05706</v>
       </c>
       <c r="H635">
         <v>0.0097</v>
       </c>
       <c r="I635">
         <v>0.069728</v>
       </c>
       <c r="J635">
         <v>0.136934</v>
       </c>
       <c r="K635">
         <v>0.425954</v>
       </c>
       <c r="L635">
         <v>0.699376</v>
       </c>
       <c r="M635">
-        <v>7.641914</v>
+        <v>7.601109</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.746718</v>
       </c>
       <c r="C636">
-        <v>3.526483</v>
+        <v>3.477607</v>
       </c>
       <c r="D636">
         <v>2.99905</v>
       </c>
       <c r="E636">
-        <v>7.268545</v>
+        <v>7.219669</v>
       </c>
       <c r="F636">
         <v>0.743543</v>
       </c>
       <c r="G636">
         <v>0.066647</v>
       </c>
       <c r="H636">
         <v>0.010132</v>
       </c>
       <c r="I636">
         <v>0.063761</v>
       </c>
       <c r="J636">
         <v>0.134867</v>
       </c>
       <c r="K636">
         <v>0.436186</v>
       </c>
       <c r="L636">
         <v>0.711594</v>
       </c>
       <c r="M636">
-        <v>8.730801</v>
+        <v>8.681925</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.944611</v>
       </c>
       <c r="C637">
-        <v>4.055888</v>
+        <v>4.055886</v>
       </c>
       <c r="D637">
         <v>3.057563</v>
       </c>
       <c r="E637">
-        <v>8.056934</v>
+        <v>8.056932</v>
       </c>
       <c r="F637">
         <v>0.74917</v>
       </c>
       <c r="G637">
         <v>0.073116</v>
       </c>
       <c r="H637">
         <v>0.010133</v>
       </c>
       <c r="I637">
         <v>0.074546</v>
       </c>
       <c r="J637">
         <v>0.148803</v>
       </c>
       <c r="K637">
         <v>0.405677</v>
       </c>
       <c r="L637">
         <v>0.712275</v>
       </c>
       <c r="M637">
-        <v>9.528071</v>
+        <v>9.528069</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.736198</v>
       </c>
       <c r="C638">
-        <v>3.346419</v>
+        <v>3.342709</v>
       </c>
       <c r="D638">
         <v>2.682493</v>
       </c>
       <c r="E638">
-        <v>6.763791</v>
+        <v>6.760081</v>
       </c>
       <c r="F638">
         <v>0.645675</v>
       </c>
       <c r="G638">
         <v>0.066674</v>
       </c>
       <c r="H638">
         <v>0.009142</v>
       </c>
       <c r="I638">
         <v>0.07978</v>
       </c>
       <c r="J638">
         <v>0.134285</v>
       </c>
       <c r="K638">
         <v>0.376178</v>
       </c>
       <c r="L638">
         <v>0.666059</v>
       </c>
       <c r="M638">
-        <v>8.081964</v>
+        <v>8.078254</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.599855</v>
       </c>
       <c r="C639">
-        <v>2.854051</v>
+        <v>2.844695</v>
       </c>
       <c r="D639">
         <v>2.950975</v>
       </c>
       <c r="E639">
-        <v>6.403694</v>
+        <v>6.394338</v>
       </c>
       <c r="F639">
         <v>0.652235</v>
       </c>
       <c r="G639">
         <v>0.076613</v>
       </c>
       <c r="H639">
         <v>0.010128</v>
       </c>
       <c r="I639">
         <v>0.111376</v>
       </c>
       <c r="J639">
         <v>0.17267</v>
       </c>
       <c r="K639">
         <v>0.409388</v>
       </c>
       <c r="L639">
         <v>0.780176</v>
       </c>
       <c r="M639">
-        <v>7.838873</v>
+        <v>7.829517</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.551265</v>
       </c>
       <c r="C640">
-        <v>2.461093</v>
+        <v>2.457533</v>
       </c>
       <c r="D640">
         <v>2.904502</v>
       </c>
       <c r="E640">
-        <v>5.914661</v>
+        <v>5.911101</v>
       </c>
       <c r="F640">
         <v>0.604572</v>
       </c>
       <c r="G640">
         <v>0.07793</v>
       </c>
       <c r="H640">
         <v>0.009676</v>
       </c>
       <c r="I640">
         <v>0.126614</v>
       </c>
       <c r="J640">
         <v>0.156572</v>
       </c>
       <c r="K640">
         <v>0.392592</v>
       </c>
       <c r="L640">
         <v>0.763384</v>
       </c>
       <c r="M640">
-        <v>7.28831</v>
+        <v>7.28475</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.592278</v>
       </c>
       <c r="C641">
-        <v>2.388205</v>
+        <v>2.386093</v>
       </c>
       <c r="D641">
         <v>3.025136</v>
       </c>
       <c r="E641">
-        <v>6.00286</v>
+        <v>6.000748</v>
       </c>
       <c r="F641">
         <v>0.648978</v>
       </c>
       <c r="G641">
         <v>0.083111</v>
       </c>
       <c r="H641">
         <v>0.009669</v>
       </c>
       <c r="I641">
         <v>0.139089</v>
       </c>
       <c r="J641">
         <v>0.125838</v>
       </c>
       <c r="K641">
         <v>0.400486</v>
       </c>
       <c r="L641">
         <v>0.758193</v>
       </c>
       <c r="M641">
-        <v>7.417995</v>
+        <v>7.415883</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.758837</v>
       </c>
       <c r="C642">
-        <v>2.500938</v>
+        <v>2.499129</v>
       </c>
       <c r="D642">
         <v>3.034207</v>
       </c>
       <c r="E642">
-        <v>6.291304</v>
+        <v>6.289495</v>
       </c>
       <c r="F642">
         <v>0.691559</v>
       </c>
       <c r="G642">
         <v>0.075615</v>
       </c>
       <c r="H642">
         <v>0.009578</v>
       </c>
       <c r="I642">
         <v>0.146728</v>
       </c>
       <c r="J642">
         <v>0.122109</v>
       </c>
       <c r="K642">
         <v>0.396956</v>
       </c>
       <c r="L642">
         <v>0.750985</v>
       </c>
       <c r="M642">
-        <v>7.740014</v>
+        <v>7.738205</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.921142</v>
+        <v>0.92495</v>
       </c>
       <c r="C643">
-        <v>2.813013</v>
+        <v>2.816371</v>
       </c>
       <c r="D643">
         <v>3.123539</v>
       </c>
       <c r="E643">
-        <v>6.855583</v>
+        <v>6.86275</v>
       </c>
       <c r="F643">
         <v>0.739169</v>
       </c>
       <c r="G643">
         <v>0.068186</v>
       </c>
       <c r="H643">
         <v>0.009778</v>
       </c>
       <c r="I643">
         <v>0.153256</v>
       </c>
       <c r="J643">
         <v>0.108556</v>
       </c>
       <c r="K643">
         <v>0.415724</v>
       </c>
       <c r="L643">
         <v>0.7555</v>
       </c>
       <c r="M643">
-        <v>8.35325</v>
+        <v>8.360416</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.817597</v>
+        <v>0.820468</v>
       </c>
       <c r="C644">
-        <v>2.733074</v>
+        <v>2.732246</v>
       </c>
       <c r="D644">
         <v>3.133785</v>
       </c>
       <c r="E644">
-        <v>6.681444</v>
+        <v>6.68488</v>
       </c>
       <c r="F644">
         <v>0.738374</v>
       </c>
       <c r="G644">
         <v>0.068181</v>
       </c>
       <c r="H644">
         <v>0.009995</v>
       </c>
       <c r="I644">
         <v>0.145443</v>
       </c>
       <c r="J644">
         <v>0.093137</v>
       </c>
       <c r="K644">
         <v>0.412588</v>
       </c>
       <c r="L644">
         <v>0.729345</v>
       </c>
       <c r="M644">
-        <v>8.152918</v>
+        <v>8.156354</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>0.698015</v>
+        <v>0.699127</v>
       </c>
       <c r="C645">
-        <v>2.5065</v>
+        <v>2.508853</v>
       </c>
       <c r="D645">
         <v>2.977324</v>
       </c>
       <c r="E645">
-        <v>6.178691</v>
+        <v>6.184604</v>
       </c>
       <c r="F645">
         <v>0.683576</v>
       </c>
       <c r="G645">
         <v>0.052277</v>
       </c>
       <c r="H645">
         <v>0.009599</v>
       </c>
       <c r="I645">
         <v>0.12978</v>
       </c>
       <c r="J645">
         <v>0.087615</v>
       </c>
       <c r="K645">
         <v>0.39954</v>
       </c>
       <c r="L645">
         <v>0.678811</v>
       </c>
       <c r="M645">
-        <v>7.545505</v>
+        <v>7.551417</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>0.657515</v>
       </c>
       <c r="C646">
-        <v>2.522782</v>
+        <v>2.526703</v>
       </c>
       <c r="D646">
-        <v>3.085364</v>
+        <v>3.083071</v>
       </c>
       <c r="E646">
-        <v>6.262153</v>
+        <v>6.263781</v>
       </c>
       <c r="F646">
         <v>0.618458</v>
       </c>
       <c r="G646">
         <v>0.056455</v>
       </c>
       <c r="H646">
         <v>0.009716</v>
       </c>
       <c r="I646">
         <v>0.114214</v>
       </c>
       <c r="J646">
         <v>0.134912</v>
       </c>
       <c r="K646">
-        <v>0.419247</v>
+        <v>0.415436</v>
       </c>
       <c r="L646">
-        <v>0.734544</v>
+        <v>0.730732</v>
       </c>
       <c r="M646">
-        <v>7.616568</v>
+        <v>7.614384</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.656319</v>
+      </c>
+      <c r="C647">
+        <v>2.867485</v>
+      </c>
+      <c r="D647">
+        <v>2.883225</v>
+      </c>
+      <c r="E647">
+        <v>6.403104</v>
+      </c>
+      <c r="F647">
+        <v>0.666361</v>
+      </c>
+      <c r="G647">
+        <v>0.062837</v>
+      </c>
+      <c r="H647">
+        <v>0.009529</v>
+      </c>
+      <c r="I647">
+        <v>0.087609</v>
+      </c>
+      <c r="J647">
+        <v>0.139714</v>
+      </c>
+      <c r="K647">
+        <v>0.399231</v>
+      </c>
+      <c r="L647">
+        <v>0.69892</v>
+      </c>
+      <c r="M647">
+        <v>7.770019</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29814,122 +29855,122 @@
       </c>
       <c r="I86">
         <v>0.763995</v>
       </c>
       <c r="J86">
         <v>1.481823</v>
       </c>
       <c r="K86">
         <v>4.980123</v>
       </c>
       <c r="L86">
         <v>8.213669</v>
       </c>
       <c r="M86">
         <v>94.944669</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>8.170788</v>
       </c>
       <c r="C87">
-        <v>34.177067</v>
+        <v>33.675905</v>
       </c>
       <c r="D87">
         <v>35.44823</v>
       </c>
       <c r="E87">
-        <v>77.763648</v>
+        <v>77.262487</v>
       </c>
       <c r="F87">
         <v>8.098974</v>
       </c>
       <c r="G87">
         <v>0.835948</v>
       </c>
       <c r="H87">
         <v>0.119346</v>
       </c>
       <c r="I87">
         <v>0.878414</v>
       </c>
       <c r="J87">
         <v>1.436934</v>
       </c>
       <c r="K87">
         <v>5.021971</v>
       </c>
       <c r="L87">
         <v>8.292613</v>
       </c>
       <c r="M87">
-        <v>94.219737</v>
+        <v>93.718575</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>7.912213</v>
       </c>
       <c r="C88">
-        <v>34.680986</v>
+        <v>34.179341</v>
       </c>
       <c r="D88">
         <v>35.58994</v>
       </c>
       <c r="E88">
-        <v>78.145916</v>
+        <v>77.644271</v>
       </c>
       <c r="F88">
         <v>8.165019</v>
       </c>
       <c r="G88">
         <v>0.828761</v>
       </c>
       <c r="H88">
         <v>0.116069</v>
       </c>
       <c r="I88">
         <v>1.100246</v>
       </c>
       <c r="J88">
         <v>1.541898</v>
       </c>
       <c r="K88">
         <v>5.112262</v>
       </c>
       <c r="L88">
         <v>8.699237</v>
       </c>
       <c r="M88">
-        <v>95.057317</v>
+        <v>94.555672</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>