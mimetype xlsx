--- v2 (2026-01-28)
+++ v3 (2026-03-30)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>March 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: March 26, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: April 24, 2026</t>
   </si>
   <si>
     <t>Table 1.1 Primary Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Total Primary Energy Production</t>
   </si>
   <si>
     <t>Primary Energy Imports</t>
   </si>
   <si>
     <t>Primary Energy Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25222,1467 +25222,1549 @@
       </c>
       <c r="H612">
         <v>-0.606497</v>
       </c>
       <c r="I612">
         <v>0.920931</v>
       </c>
       <c r="J612">
         <v>7.243687</v>
       </c>
       <c r="K612">
         <v>0.721896</v>
       </c>
       <c r="L612">
         <v>0.671565</v>
       </c>
       <c r="M612">
         <v>8.650868</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>7.199838</v>
+        <v>7.213105</v>
       </c>
       <c r="C613">
         <v>0.740734</v>
       </c>
       <c r="D613">
         <v>0.699219</v>
       </c>
       <c r="E613">
-        <v>8.639791</v>
+        <v>8.653058</v>
       </c>
       <c r="F613">
-        <v>1.852552</v>
+        <v>1.852574</v>
       </c>
       <c r="G613">
-        <v>2.274936</v>
+        <v>2.274929</v>
       </c>
       <c r="H613">
-        <v>-0.422385</v>
+        <v>-0.422355</v>
       </c>
       <c r="I613">
-        <v>0.309216</v>
+        <v>0.245548</v>
       </c>
       <c r="J613">
-        <v>7.0944</v>
+        <v>7.044029</v>
       </c>
       <c r="K613">
         <v>0.740734</v>
       </c>
       <c r="L613">
         <v>0.680278</v>
       </c>
       <c r="M613">
-        <v>8.526622</v>
+        <v>8.476251</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>6.494566</v>
+        <v>6.502429</v>
       </c>
       <c r="C614">
         <v>0.635553</v>
       </c>
       <c r="D614">
         <v>0.662356</v>
       </c>
       <c r="E614">
-        <v>7.792476</v>
+        <v>7.800339</v>
       </c>
       <c r="F614">
-        <v>1.74653</v>
+        <v>1.74655</v>
       </c>
       <c r="G614">
-        <v>2.216266</v>
+        <v>2.216262</v>
       </c>
       <c r="H614">
-        <v>-0.469736</v>
+        <v>-0.469712</v>
       </c>
       <c r="I614">
-        <v>0.326308</v>
+        <v>0.272566</v>
       </c>
       <c r="J614">
-        <v>6.36118</v>
+        <v>6.315326</v>
       </c>
       <c r="K614">
         <v>0.635553</v>
       </c>
       <c r="L614">
         <v>0.64568</v>
       </c>
       <c r="M614">
-        <v>7.649047</v>
+        <v>7.603193</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>7.332529</v>
+        <v>7.342328</v>
       </c>
       <c r="C615">
         <v>0.656599</v>
       </c>
       <c r="D615">
         <v>0.738376</v>
       </c>
       <c r="E615">
-        <v>8.727504</v>
+        <v>8.737304</v>
       </c>
       <c r="F615">
-        <v>1.789012</v>
+        <v>1.788971</v>
       </c>
       <c r="G615">
-        <v>2.64659</v>
+        <v>2.646594</v>
       </c>
       <c r="H615">
-        <v>-0.857578</v>
+        <v>-0.857623</v>
       </c>
       <c r="I615">
-        <v>0.318181</v>
+        <v>0.261956</v>
       </c>
       <c r="J615">
-        <v>6.799828</v>
+        <v>6.753358</v>
       </c>
       <c r="K615">
         <v>0.656599</v>
       </c>
       <c r="L615">
         <v>0.722937</v>
       </c>
       <c r="M615">
-        <v>8.188106</v>
+        <v>8.141636</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>6.986399</v>
+        <v>6.997616</v>
       </c>
       <c r="C616">
         <v>0.592236</v>
       </c>
       <c r="D616">
         <v>0.711502</v>
       </c>
       <c r="E616">
-        <v>8.290137</v>
+        <v>8.301354</v>
       </c>
       <c r="F616">
-        <v>1.754196</v>
+        <v>1.754145</v>
       </c>
       <c r="G616">
-        <v>2.379955</v>
+        <v>2.379958</v>
       </c>
       <c r="H616">
-        <v>-0.625759</v>
+        <v>-0.625813</v>
       </c>
       <c r="I616">
-        <v>-0.45442</v>
+        <v>-0.50218</v>
       </c>
       <c r="J616">
-        <v>5.912723</v>
+        <v>5.876126</v>
       </c>
       <c r="K616">
         <v>0.592236</v>
       </c>
       <c r="L616">
         <v>0.698472</v>
       </c>
       <c r="M616">
-        <v>7.209958</v>
+        <v>7.17336</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>7.247469</v>
+        <v>7.248167</v>
       </c>
       <c r="C617">
         <v>0.639194</v>
       </c>
       <c r="D617">
         <v>0.743971</v>
       </c>
       <c r="E617">
-        <v>8.630634</v>
+        <v>8.631333</v>
       </c>
       <c r="F617">
-        <v>1.810372</v>
+        <v>1.810355</v>
       </c>
       <c r="G617">
-        <v>2.453753</v>
+        <v>2.453757</v>
       </c>
       <c r="H617">
-        <v>-0.643381</v>
+        <v>-0.643402</v>
       </c>
       <c r="I617">
-        <v>-0.616722</v>
+        <v>-0.653009</v>
       </c>
       <c r="J617">
-        <v>5.98315</v>
+        <v>5.947541</v>
       </c>
       <c r="K617">
         <v>0.639194</v>
       </c>
       <c r="L617">
         <v>0.739232</v>
       </c>
       <c r="M617">
-        <v>7.370532</v>
+        <v>7.334922</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>7.020984</v>
+        <v>6.996014</v>
       </c>
       <c r="C618">
         <v>0.67749</v>
       </c>
       <c r="D618">
         <v>0.701163</v>
       </c>
       <c r="E618">
-        <v>8.399637</v>
+        <v>8.374667</v>
       </c>
       <c r="F618">
-        <v>1.825099</v>
+        <v>1.825042</v>
       </c>
       <c r="G618">
         <v>2.397599</v>
       </c>
       <c r="H618">
-        <v>-0.5725</v>
+        <v>-0.572557</v>
       </c>
       <c r="I618">
-        <v>-0.277846</v>
+        <v>-0.290359</v>
       </c>
       <c r="J618">
-        <v>6.175193</v>
+        <v>6.137653</v>
       </c>
       <c r="K618">
         <v>0.67749</v>
       </c>
       <c r="L618">
         <v>0.690843</v>
       </c>
       <c r="M618">
-        <v>7.54929</v>
+        <v>7.51175</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>7.253507</v>
+        <v>7.245648</v>
       </c>
       <c r="C619">
         <v>0.730465</v>
       </c>
       <c r="D619">
         <v>0.718784</v>
       </c>
       <c r="E619">
-        <v>8.702757</v>
+        <v>8.694897</v>
       </c>
       <c r="F619">
-        <v>1.803597</v>
+        <v>1.803618</v>
       </c>
       <c r="G619">
-        <v>2.472</v>
+        <v>2.471994</v>
       </c>
       <c r="H619">
-        <v>-0.668404</v>
+        <v>-0.668376</v>
       </c>
       <c r="I619">
-        <v>0.087792</v>
+        <v>0.053743</v>
       </c>
       <c r="J619">
-        <v>6.686783</v>
+        <v>6.644902</v>
       </c>
       <c r="K619">
         <v>0.730465</v>
       </c>
       <c r="L619">
         <v>0.700695</v>
       </c>
       <c r="M619">
-        <v>8.122145</v>
+        <v>8.080264</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>7.38634</v>
+        <v>7.375478</v>
       </c>
       <c r="C620">
         <v>0.728965</v>
       </c>
       <c r="D620">
         <v>0.716526</v>
       </c>
       <c r="E620">
-        <v>8.831831</v>
+        <v>8.820969</v>
       </c>
       <c r="F620">
-        <v>1.915001</v>
+        <v>1.915022</v>
       </c>
       <c r="G620">
-        <v>2.567374</v>
+        <v>2.567349</v>
       </c>
       <c r="H620">
-        <v>-0.652372</v>
+        <v>-0.652328</v>
       </c>
       <c r="I620">
-        <v>0.084694</v>
+        <v>0.052629</v>
       </c>
       <c r="J620">
-        <v>6.822802</v>
+        <v>6.779919</v>
       </c>
       <c r="K620">
         <v>0.728965</v>
       </c>
       <c r="L620">
         <v>0.707663</v>
       </c>
       <c r="M620">
-        <v>8.264153</v>
+        <v>8.22127</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>7.189413</v>
+        <v>7.181583</v>
       </c>
       <c r="C621">
         <v>0.68523</v>
       </c>
       <c r="D621">
         <v>0.675796</v>
       </c>
       <c r="E621">
-        <v>8.550439</v>
+        <v>8.542609</v>
       </c>
       <c r="F621">
-        <v>1.785095</v>
+        <v>1.785114</v>
       </c>
       <c r="G621">
-        <v>2.440762</v>
+        <v>2.440749</v>
       </c>
       <c r="H621">
-        <v>-0.655667</v>
+        <v>-0.655635</v>
       </c>
       <c r="I621">
-        <v>-0.42641</v>
+        <v>-0.454926</v>
       </c>
       <c r="J621">
-        <v>6.124185</v>
+        <v>6.087872</v>
       </c>
       <c r="K621">
         <v>0.68523</v>
       </c>
       <c r="L621">
         <v>0.658652</v>
       </c>
       <c r="M621">
-        <v>7.468362</v>
+        <v>7.432049</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>7.380039</v>
+        <v>7.37928</v>
       </c>
       <c r="C622">
         <v>0.642125</v>
       </c>
       <c r="D622">
         <v>0.697</v>
       </c>
       <c r="E622">
-        <v>8.719164</v>
+        <v>8.718406</v>
       </c>
       <c r="F622">
-        <v>1.704504</v>
+        <v>1.704523</v>
       </c>
       <c r="G622">
-        <v>2.534518</v>
+        <v>2.53452</v>
       </c>
       <c r="H622">
-        <v>-0.830014</v>
+        <v>-0.829997</v>
       </c>
       <c r="I622">
-        <v>-0.305498</v>
+        <v>-0.342134</v>
       </c>
       <c r="J622">
-        <v>6.253111</v>
+        <v>6.215732</v>
       </c>
       <c r="K622">
         <v>0.642125</v>
       </c>
       <c r="L622">
         <v>0.687717</v>
       </c>
       <c r="M622">
-        <v>7.583652</v>
+        <v>7.546274</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>7.234109</v>
+        <v>7.23648</v>
       </c>
       <c r="C623">
         <v>0.650717</v>
       </c>
       <c r="D623">
         <v>0.685076</v>
       </c>
       <c r="E623">
-        <v>8.569902</v>
+        <v>8.572273</v>
       </c>
       <c r="F623">
-        <v>1.818111</v>
+        <v>1.818131</v>
       </c>
       <c r="G623">
-        <v>2.465248</v>
+        <v>2.465263</v>
       </c>
       <c r="H623">
-        <v>-0.647137</v>
+        <v>-0.647132</v>
       </c>
       <c r="I623">
-        <v>-0.035726</v>
+        <v>-0.081831</v>
       </c>
       <c r="J623">
-        <v>6.569042</v>
+        <v>6.525312</v>
       </c>
       <c r="K623">
         <v>0.650717</v>
       </c>
       <c r="L623">
         <v>0.665096</v>
       </c>
       <c r="M623">
-        <v>7.887039</v>
+        <v>7.84331</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>7.389849</v>
+        <v>7.396912</v>
       </c>
       <c r="C624">
         <v>0.719666</v>
       </c>
       <c r="D624">
         <v>0.723896</v>
       </c>
       <c r="E624">
-        <v>8.83341</v>
+        <v>8.840474</v>
       </c>
       <c r="F624">
-        <v>1.853221</v>
+        <v>1.853244</v>
       </c>
       <c r="G624">
-        <v>2.807411</v>
+        <v>2.807437</v>
       </c>
       <c r="H624">
-        <v>-0.95419</v>
+        <v>-0.954194</v>
       </c>
       <c r="I624">
-        <v>0.521615</v>
+        <v>0.468021</v>
       </c>
       <c r="J624">
-        <v>6.98126</v>
+        <v>6.934726</v>
       </c>
       <c r="K624">
         <v>0.719666</v>
       </c>
       <c r="L624">
         <v>0.695342</v>
       </c>
       <c r="M624">
-        <v>8.400835</v>
+        <v>8.354301</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>7.120496</v>
+        <v>7.070628</v>
       </c>
       <c r="C625">
         <v>0.7214</v>
       </c>
       <c r="D625">
         <v>0.689644</v>
       </c>
       <c r="E625">
-        <v>8.531539</v>
+        <v>8.481671</v>
       </c>
       <c r="F625">
-        <v>1.904122</v>
+        <v>1.904153</v>
       </c>
       <c r="G625">
-        <v>2.520911</v>
+        <v>2.520953</v>
       </c>
       <c r="H625">
-        <v>-0.616789</v>
+        <v>-0.616799</v>
       </c>
       <c r="I625">
-        <v>1.183643</v>
+        <v>1.1814</v>
       </c>
       <c r="J625">
-        <v>7.703916</v>
+        <v>7.651794</v>
       </c>
       <c r="K625">
         <v>0.7214</v>
       </c>
       <c r="L625">
         <v>0.667152</v>
       </c>
       <c r="M625">
-        <v>9.098394</v>
+        <v>9.046272</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>6.953119</v>
+        <v>6.916536</v>
       </c>
       <c r="C626">
         <v>0.674449</v>
       </c>
       <c r="D626">
         <v>0.711645</v>
       </c>
       <c r="E626">
-        <v>8.339213</v>
+        <v>8.30263</v>
       </c>
       <c r="F626">
-        <v>1.714356</v>
+        <v>1.714381</v>
       </c>
       <c r="G626">
-        <v>2.525681</v>
+        <v>2.525721</v>
       </c>
       <c r="H626">
-        <v>-0.811325</v>
+        <v>-0.81134</v>
       </c>
       <c r="I626">
-        <v>0.252849</v>
+        <v>0.243034</v>
       </c>
       <c r="J626">
-        <v>6.409724</v>
+        <v>6.36331</v>
       </c>
       <c r="K626">
         <v>0.674449</v>
       </c>
       <c r="L626">
         <v>0.696018</v>
       </c>
       <c r="M626">
-        <v>7.780738</v>
+        <v>7.734324</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>7.258376</v>
+        <v>7.252757</v>
       </c>
       <c r="C627">
         <v>0.66152</v>
       </c>
       <c r="D627">
         <v>0.777166</v>
       </c>
       <c r="E627">
-        <v>8.697062</v>
+        <v>8.691443</v>
       </c>
       <c r="F627">
-        <v>1.736337</v>
+        <v>1.73636</v>
       </c>
       <c r="G627">
-        <v>2.650213</v>
+        <v>2.650255</v>
       </c>
       <c r="H627">
-        <v>-0.913877</v>
+        <v>-0.913895</v>
       </c>
       <c r="I627">
-        <v>0.00349</v>
+        <v>-0.032239</v>
       </c>
       <c r="J627">
-        <v>6.370922</v>
+        <v>6.329555</v>
       </c>
       <c r="K627">
         <v>0.66152</v>
       </c>
       <c r="L627">
         <v>0.755423</v>
       </c>
       <c r="M627">
-        <v>7.786675</v>
+        <v>7.745309</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>6.932612</v>
+        <v>6.925841</v>
       </c>
       <c r="C628">
         <v>0.60091</v>
       </c>
       <c r="D628">
         <v>0.761186</v>
       </c>
       <c r="E628">
-        <v>8.294709</v>
+        <v>8.287937</v>
       </c>
       <c r="F628">
-        <v>1.770436</v>
+        <v>1.770457</v>
       </c>
       <c r="G628">
-        <v>2.361826</v>
+        <v>2.361861</v>
       </c>
       <c r="H628">
-        <v>-0.59139</v>
+        <v>-0.591404</v>
       </c>
       <c r="I628">
-        <v>-0.486098</v>
+        <v>-0.516749</v>
       </c>
       <c r="J628">
-        <v>5.868947</v>
+        <v>5.83151</v>
       </c>
       <c r="K628">
         <v>0.60091</v>
       </c>
       <c r="L628">
         <v>0.748944</v>
       </c>
       <c r="M628">
-        <v>7.217221</v>
+        <v>7.179784</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>7.202762</v>
+        <v>7.206615</v>
       </c>
       <c r="C629">
         <v>0.678513</v>
       </c>
       <c r="D629">
         <v>0.77513</v>
       </c>
       <c r="E629">
-        <v>8.656404</v>
+        <v>8.660258</v>
       </c>
       <c r="F629">
-        <v>1.9391</v>
+        <v>1.939124</v>
       </c>
       <c r="G629">
-        <v>2.564254</v>
+        <v>2.564294</v>
       </c>
       <c r="H629">
-        <v>-0.625153</v>
+        <v>-0.62517</v>
       </c>
       <c r="I629">
-        <v>-0.474613</v>
+        <v>-0.516196</v>
       </c>
       <c r="J629">
-        <v>6.10451</v>
+        <v>6.066764</v>
       </c>
       <c r="K629">
         <v>0.678513</v>
       </c>
       <c r="L629">
         <v>0.773461</v>
       </c>
       <c r="M629">
-        <v>7.556638</v>
+        <v>7.518891</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>7.109241</v>
+        <v>7.111495</v>
       </c>
       <c r="C630">
         <v>0.712131</v>
       </c>
       <c r="D630">
         <v>0.775144</v>
       </c>
       <c r="E630">
-        <v>8.596516</v>
+        <v>8.59877</v>
       </c>
       <c r="F630">
-        <v>1.824086</v>
+        <v>1.82411</v>
       </c>
       <c r="G630">
-        <v>2.595423</v>
+        <v>2.595462</v>
       </c>
       <c r="H630">
-        <v>-0.771336</v>
+        <v>-0.771352</v>
       </c>
       <c r="I630">
-        <v>-0.13996</v>
+        <v>-0.178958</v>
       </c>
       <c r="J630">
-        <v>6.208084</v>
+        <v>6.171325</v>
       </c>
       <c r="K630">
         <v>0.712131</v>
       </c>
       <c r="L630">
         <v>0.760155</v>
       </c>
       <c r="M630">
-        <v>7.685219</v>
+        <v>7.648461</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>7.348421</v>
+        <v>7.349371</v>
       </c>
       <c r="C631">
         <v>0.729451</v>
       </c>
       <c r="D631">
         <v>0.756708</v>
       </c>
       <c r="E631">
-        <v>8.834581</v>
+        <v>8.835531</v>
       </c>
       <c r="F631">
-        <v>1.967471</v>
+        <v>1.967498</v>
       </c>
       <c r="G631">
-        <v>2.550484</v>
+        <v>2.550522</v>
       </c>
       <c r="H631">
-        <v>-0.583013</v>
+        <v>-0.583024</v>
       </c>
       <c r="I631">
-        <v>0.009377</v>
+        <v>-0.03102</v>
       </c>
       <c r="J631">
-        <v>6.77713</v>
+        <v>6.737671</v>
       </c>
       <c r="K631">
         <v>0.729451</v>
       </c>
       <c r="L631">
         <v>0.745879</v>
       </c>
       <c r="M631">
-        <v>8.260945</v>
+        <v>8.221486</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>7.437643</v>
+        <v>7.441791</v>
       </c>
       <c r="C632">
         <v>0.728507</v>
       </c>
       <c r="D632">
         <v>0.756385</v>
       </c>
       <c r="E632">
-        <v>8.922535</v>
+        <v>8.926683</v>
       </c>
       <c r="F632">
-        <v>1.784862</v>
+        <v>1.784888</v>
       </c>
       <c r="G632">
-        <v>2.625047</v>
+        <v>2.625088</v>
       </c>
       <c r="H632">
-        <v>-0.840185</v>
+        <v>-0.8402</v>
       </c>
       <c r="I632">
-        <v>0.171289</v>
+        <v>0.125767</v>
       </c>
       <c r="J632">
-        <v>6.78216</v>
+        <v>6.740771</v>
       </c>
       <c r="K632">
         <v>0.728507</v>
       </c>
       <c r="L632">
         <v>0.735615</v>
       </c>
       <c r="M632">
-        <v>8.253639</v>
+        <v>8.21225</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>7.129729</v>
+        <v>7.150117</v>
       </c>
       <c r="C633">
         <v>0.654363</v>
       </c>
       <c r="D633">
         <v>0.700397</v>
       </c>
       <c r="E633">
-        <v>8.48449</v>
+        <v>8.504878</v>
       </c>
       <c r="F633">
-        <v>1.723792</v>
+        <v>1.723816</v>
       </c>
       <c r="G633">
-        <v>2.538561</v>
+        <v>2.538601</v>
       </c>
       <c r="H633">
-        <v>-0.814769</v>
+        <v>-0.814785</v>
       </c>
       <c r="I633">
-        <v>-0.232338</v>
+        <v>-0.290459</v>
       </c>
       <c r="J633">
-        <v>6.092086</v>
+        <v>6.054337</v>
       </c>
       <c r="K633">
         <v>0.654363</v>
       </c>
       <c r="L633">
         <v>0.683761</v>
       </c>
       <c r="M633">
-        <v>7.437384</v>
+        <v>7.399634</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>7.419977</v>
+        <v>7.451986</v>
       </c>
       <c r="C634">
         <v>0.61377</v>
       </c>
       <c r="D634">
         <v>0.735345</v>
       </c>
       <c r="E634">
-        <v>8.769092</v>
+        <v>8.801101</v>
       </c>
       <c r="F634">
-        <v>1.724591</v>
+        <v>1.724616</v>
       </c>
       <c r="G634">
-        <v>2.56325</v>
+        <v>2.56329</v>
       </c>
       <c r="H634">
-        <v>-0.838659</v>
+        <v>-0.838675</v>
       </c>
       <c r="I634">
-        <v>-0.322681</v>
+        <v>-0.396194</v>
       </c>
       <c r="J634">
-        <v>6.26566</v>
+        <v>6.22414</v>
       </c>
       <c r="K634">
         <v>0.61377</v>
       </c>
       <c r="L634">
         <v>0.721871</v>
       </c>
       <c r="M634">
-        <v>7.607752</v>
+        <v>7.566232</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>7.12309</v>
+        <v>7.151291</v>
       </c>
       <c r="C635">
         <v>0.646464</v>
       </c>
       <c r="D635">
         <v>0.725928</v>
       </c>
       <c r="E635">
-        <v>8.495482</v>
+        <v>8.523683</v>
       </c>
       <c r="F635">
-        <v>1.746086</v>
+        <v>1.746105</v>
       </c>
       <c r="G635">
-        <v>2.660867</v>
+        <v>2.660577</v>
       </c>
       <c r="H635">
-        <v>-0.914782</v>
+        <v>-0.914473</v>
       </c>
       <c r="I635">
-        <v>0.061214</v>
+        <v>-0.008102</v>
       </c>
       <c r="J635">
-        <v>6.294221</v>
+        <v>6.253416</v>
       </c>
       <c r="K635">
         <v>0.646464</v>
       </c>
       <c r="L635">
         <v>0.699376</v>
       </c>
       <c r="M635">
-        <v>7.641914</v>
+        <v>7.601109</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>7.441391</v>
+        <v>7.448431</v>
       </c>
       <c r="C636">
         <v>0.743543</v>
       </c>
       <c r="D636">
         <v>0.741701</v>
       </c>
       <c r="E636">
-        <v>8.926635</v>
+        <v>8.933675</v>
       </c>
       <c r="F636">
-        <v>1.860799</v>
+        <v>1.860531</v>
       </c>
       <c r="G636">
-        <v>2.687014</v>
+        <v>2.686906</v>
       </c>
       <c r="H636">
-        <v>-0.826215</v>
+        <v>-0.826375</v>
       </c>
       <c r="I636">
-        <v>0.630381</v>
+        <v>0.574625</v>
       </c>
       <c r="J636">
-        <v>7.268545</v>
+        <v>7.219669</v>
       </c>
       <c r="K636">
         <v>0.743543</v>
       </c>
       <c r="L636">
         <v>0.711594</v>
       </c>
       <c r="M636">
-        <v>8.730801</v>
+        <v>8.681925</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>7.342758</v>
+        <v>7.337443</v>
       </c>
       <c r="C637">
         <v>0.74917</v>
       </c>
       <c r="D637">
-        <v>0.749</v>
+        <v>0.749053</v>
       </c>
       <c r="E637">
-        <v>8.840928</v>
+        <v>8.835666</v>
       </c>
       <c r="F637">
-        <v>1.894319</v>
+        <v>1.893392</v>
       </c>
       <c r="G637">
-        <v>2.544976</v>
+        <v>2.531857</v>
       </c>
       <c r="H637">
-        <v>-0.650657</v>
+        <v>-0.638465</v>
       </c>
       <c r="I637">
-        <v>1.337801</v>
+        <v>1.32557</v>
       </c>
       <c r="J637">
-        <v>8.056934</v>
+        <v>8.05158</v>
       </c>
       <c r="K637">
         <v>0.74917</v>
       </c>
       <c r="L637">
-        <v>0.712275</v>
+        <v>0.712328</v>
       </c>
       <c r="M637">
-        <v>9.528071</v>
+        <v>9.52277</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>6.674214</v>
+        <v>6.669332</v>
       </c>
       <c r="C638">
         <v>0.645675</v>
       </c>
       <c r="D638">
-        <v>0.691474</v>
+        <v>0.691534</v>
       </c>
       <c r="E638">
-        <v>8.011363</v>
+        <v>8.006541</v>
       </c>
       <c r="F638">
-        <v>1.607167</v>
+        <v>1.6063</v>
       </c>
       <c r="G638">
-        <v>2.421679</v>
+        <v>2.409844</v>
       </c>
       <c r="H638">
-        <v>-0.814511</v>
+        <v>-0.803544</v>
       </c>
       <c r="I638">
-        <v>0.885112</v>
+        <v>0.871146</v>
       </c>
       <c r="J638">
-        <v>6.763791</v>
+        <v>6.755909</v>
       </c>
       <c r="K638">
         <v>0.645675</v>
       </c>
       <c r="L638">
-        <v>0.666059</v>
+        <v>0.666119</v>
       </c>
       <c r="M638">
-        <v>8.081964</v>
+        <v>8.074142</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>7.626328</v>
+        <v>7.620727</v>
       </c>
       <c r="C639">
         <v>0.652235</v>
       </c>
       <c r="D639">
-        <v>0.810909</v>
+        <v>0.811091</v>
       </c>
       <c r="E639">
-        <v>9.089472</v>
+        <v>9.084052</v>
       </c>
       <c r="F639">
-        <v>1.664096</v>
+        <v>1.663106</v>
       </c>
       <c r="G639">
-        <v>2.708953</v>
+        <v>2.695219</v>
       </c>
       <c r="H639">
-        <v>-1.044857</v>
+        <v>-1.032113</v>
       </c>
       <c r="I639">
-        <v>-0.205742</v>
+        <v>-0.226864</v>
       </c>
       <c r="J639">
-        <v>6.403694</v>
+        <v>6.389715</v>
       </c>
       <c r="K639">
         <v>0.652235</v>
       </c>
       <c r="L639">
-        <v>0.780176</v>
+        <v>0.780358</v>
       </c>
       <c r="M639">
-        <v>7.838873</v>
+        <v>7.825075</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>7.283922</v>
+        <v>7.278504</v>
       </c>
       <c r="C640">
         <v>0.604572</v>
       </c>
       <c r="D640">
-        <v>0.781673</v>
+        <v>0.782</v>
       </c>
       <c r="E640">
-        <v>8.670167</v>
+        <v>8.665075</v>
       </c>
       <c r="F640">
-        <v>1.631141</v>
+        <v>1.630234</v>
       </c>
       <c r="G640">
-        <v>2.532361</v>
+        <v>2.519398</v>
       </c>
       <c r="H640">
-        <v>-0.90122</v>
+        <v>-0.889164</v>
       </c>
       <c r="I640">
-        <v>-0.480638</v>
+        <v>-0.494451</v>
       </c>
       <c r="J640">
-        <v>5.914661</v>
+        <v>5.907485</v>
       </c>
       <c r="K640">
         <v>0.604572</v>
       </c>
       <c r="L640">
-        <v>0.763384</v>
+        <v>0.76371</v>
       </c>
       <c r="M640">
-        <v>7.28831</v>
+        <v>7.281461</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>7.538718</v>
+        <v>7.533096</v>
       </c>
       <c r="C641">
         <v>0.648978</v>
       </c>
       <c r="D641">
-        <v>0.791628</v>
+        <v>0.791983</v>
       </c>
       <c r="E641">
-        <v>8.979324</v>
+        <v>8.974058</v>
       </c>
       <c r="F641">
-        <v>1.73537</v>
+        <v>1.734394</v>
       </c>
       <c r="G641">
-        <v>2.576605</v>
+        <v>2.562976</v>
       </c>
       <c r="H641">
-        <v>-0.841235</v>
+        <v>-0.828583</v>
       </c>
       <c r="I641">
-        <v>-0.720095</v>
+        <v>-0.732173</v>
       </c>
       <c r="J641">
-        <v>6.00286</v>
+        <v>5.997811</v>
       </c>
       <c r="K641">
         <v>0.648978</v>
       </c>
       <c r="L641">
-        <v>0.758193</v>
+        <v>0.758549</v>
       </c>
       <c r="M641">
-        <v>7.417995</v>
+        <v>7.413302</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>7.346168</v>
+        <v>7.340696</v>
       </c>
       <c r="C642">
         <v>0.691559</v>
       </c>
       <c r="D642">
-        <v>0.788025</v>
+        <v>0.788952</v>
       </c>
       <c r="E642">
-        <v>8.825753</v>
+        <v>8.821207</v>
       </c>
       <c r="F642">
-        <v>1.680822</v>
+        <v>1.679858</v>
       </c>
       <c r="G642">
-        <v>2.530885</v>
+        <v>2.51699</v>
       </c>
       <c r="H642">
-        <v>-0.850063</v>
+        <v>-0.837133</v>
       </c>
       <c r="I642">
-        <v>-0.235675</v>
+        <v>-0.24826</v>
       </c>
       <c r="J642">
-        <v>6.291304</v>
+        <v>6.286178</v>
       </c>
       <c r="K642">
         <v>0.691559</v>
       </c>
       <c r="L642">
-        <v>0.750985</v>
+        <v>0.751912</v>
       </c>
       <c r="M642">
-        <v>7.740014</v>
+        <v>7.735815</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>7.703488</v>
+        <v>7.701588</v>
       </c>
       <c r="C643">
         <v>0.739169</v>
       </c>
       <c r="D643">
-        <v>0.792281</v>
+        <v>0.793089</v>
       </c>
       <c r="E643">
-        <v>9.234939</v>
+        <v>9.233847</v>
       </c>
       <c r="F643">
-        <v>1.743307</v>
+        <v>1.742396</v>
       </c>
       <c r="G643">
-        <v>2.542912</v>
+        <v>2.528872</v>
       </c>
       <c r="H643">
-        <v>-0.799605</v>
+        <v>-0.786476</v>
       </c>
       <c r="I643">
-        <v>-0.082084</v>
+        <v>-0.089807</v>
       </c>
       <c r="J643">
-        <v>6.855583</v>
+        <v>6.859089</v>
       </c>
       <c r="K643">
         <v>0.739169</v>
       </c>
       <c r="L643">
-        <v>0.7555</v>
+        <v>0.756307</v>
       </c>
       <c r="M643">
-        <v>8.35325</v>
+        <v>8.357564</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>7.788605</v>
+        <v>7.786755</v>
       </c>
       <c r="C644">
         <v>0.738374</v>
       </c>
       <c r="D644">
-        <v>0.761059</v>
+        <v>0.762646</v>
       </c>
       <c r="E644">
-        <v>9.288038</v>
+        <v>9.287774</v>
       </c>
       <c r="F644">
-        <v>1.761276</v>
+        <v>1.760444</v>
       </c>
       <c r="G644">
-        <v>2.668125</v>
+        <v>2.653496</v>
       </c>
       <c r="H644">
-        <v>-0.906849</v>
+        <v>-0.893052</v>
       </c>
       <c r="I644">
-        <v>-0.228271</v>
+        <v>-0.240147</v>
       </c>
       <c r="J644">
-        <v>6.681444</v>
+        <v>6.681515</v>
       </c>
       <c r="K644">
         <v>0.738374</v>
       </c>
       <c r="L644">
-        <v>0.729345</v>
+        <v>0.730931</v>
       </c>
       <c r="M644">
-        <v>8.152918</v>
+        <v>8.154575</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>7.51399</v>
+        <v>7.510046</v>
       </c>
       <c r="C645">
         <v>0.683576</v>
       </c>
       <c r="D645">
-        <v>0.713148</v>
+        <v>0.712495</v>
       </c>
       <c r="E645">
-        <v>8.910714</v>
+        <v>8.906117</v>
       </c>
       <c r="F645">
-        <v>1.727663</v>
+        <v>1.723796</v>
       </c>
       <c r="G645">
-        <v>2.672762</v>
+        <v>2.653405</v>
       </c>
       <c r="H645">
-        <v>-0.945099</v>
+        <v>-0.929609</v>
       </c>
       <c r="I645">
-        <v>-0.42011</v>
+        <v>-0.429846</v>
       </c>
       <c r="J645">
-        <v>6.178691</v>
+        <v>6.180443</v>
       </c>
       <c r="K645">
         <v>0.683576</v>
       </c>
       <c r="L645">
-        <v>0.678811</v>
+        <v>0.678216</v>
       </c>
       <c r="M645">
-        <v>7.545505</v>
+        <v>7.546662</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>7.678998</v>
+        <v>7.678603</v>
       </c>
       <c r="C646">
         <v>0.618458</v>
       </c>
       <c r="D646">
-        <v>0.764204</v>
+        <v>0.764814</v>
       </c>
       <c r="E646">
-        <v>9.06166</v>
+        <v>9.061874</v>
       </c>
       <c r="F646">
-        <v>1.629829</v>
+        <v>1.630566</v>
       </c>
       <c r="G646">
-        <v>2.745786</v>
+        <v>2.755438</v>
       </c>
       <c r="H646">
-        <v>-1.115958</v>
+        <v>-1.124872</v>
       </c>
       <c r="I646">
-        <v>-0.329134</v>
+        <v>-0.332086</v>
       </c>
       <c r="J646">
-        <v>6.262153</v>
+        <v>6.257189</v>
       </c>
       <c r="K646">
         <v>0.618458</v>
       </c>
       <c r="L646">
-        <v>0.734544</v>
+        <v>0.731262</v>
       </c>
       <c r="M646">
-        <v>7.616568</v>
+        <v>7.604917</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>7.503981</v>
+      </c>
+      <c r="C647">
+        <v>0.666361</v>
+      </c>
+      <c r="D647">
+        <v>0.741493</v>
+      </c>
+      <c r="E647">
+        <v>8.911835</v>
+      </c>
+      <c r="F647">
+        <v>1.603744</v>
+      </c>
+      <c r="G647">
+        <v>2.750886</v>
+      </c>
+      <c r="H647">
+        <v>-1.147141</v>
+      </c>
+      <c r="I647">
+        <v>0.000841</v>
+      </c>
+      <c r="J647">
+        <v>6.403557</v>
+      </c>
+      <c r="K647">
+        <v>0.666361</v>
+      </c>
+      <c r="L647">
+        <v>0.69916</v>
+      </c>
+      <c r="M647">
+        <v>7.765535</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>7.734831</v>
+      </c>
+      <c r="C648">
+        <v>0.757338</v>
+      </c>
+      <c r="D648">
+        <v>0.783102</v>
+      </c>
+      <c r="E648">
+        <v>9.27527</v>
+      </c>
+      <c r="F648">
+        <v>1.860622</v>
+      </c>
+      <c r="G648">
+        <v>2.912899</v>
+      </c>
+      <c r="H648">
+        <v>-1.052277</v>
+      </c>
+      <c r="I648">
+        <v>0.716389</v>
+      </c>
+      <c r="J648">
+        <v>7.434364</v>
+      </c>
+      <c r="K648">
+        <v>0.757338</v>
+      </c>
+      <c r="L648">
+        <v>0.749881</v>
+      </c>
+      <c r="M648">
+        <v>8.939383</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z88"/>
+  <dimension ref="A1:Z89"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A88"/>
+      <selection activeCell="A13" sqref="A13:A89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -29808,125 +29890,166 @@
       </c>
       <c r="H86">
         <v>-5.828319</v>
       </c>
       <c r="I86">
         <v>2.031867</v>
       </c>
       <c r="J86">
         <v>78.529365</v>
       </c>
       <c r="K86">
         <v>8.06102</v>
       </c>
       <c r="L86">
         <v>8.213669</v>
       </c>
       <c r="M86">
         <v>94.944669</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>86.115041</v>
+        <v>86.11504</v>
       </c>
       <c r="C87">
         <v>8.098974</v>
       </c>
       <c r="D87">
         <v>8.473666</v>
       </c>
       <c r="E87">
         <v>102.687681</v>
       </c>
       <c r="F87">
         <v>21.657289</v>
       </c>
       <c r="G87">
         <v>29.656412</v>
       </c>
       <c r="H87">
         <v>-7.999123</v>
       </c>
       <c r="I87">
-        <v>-0.468821</v>
+        <v>-0.969982</v>
       </c>
       <c r="J87">
-        <v>77.763648</v>
+        <v>77.262487</v>
       </c>
       <c r="K87">
         <v>8.098974</v>
       </c>
       <c r="L87">
         <v>8.292613</v>
       </c>
       <c r="M87">
-        <v>94.219737</v>
+        <v>93.718575</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>86.476858</v>
+        <v>86.476859</v>
       </c>
       <c r="C88">
         <v>8.165019</v>
       </c>
       <c r="D88">
         <v>8.906381</v>
       </c>
       <c r="E88">
-        <v>103.548258</v>
+        <v>103.548259</v>
       </c>
       <c r="F88">
-        <v>21.696038</v>
+        <v>21.696039</v>
       </c>
       <c r="G88">
         <v>30.84353</v>
       </c>
       <c r="H88">
         <v>-9.147492</v>
       </c>
       <c r="I88">
-        <v>0.656551</v>
+        <v>0.154905</v>
       </c>
       <c r="J88">
-        <v>78.145916</v>
+        <v>77.644271</v>
       </c>
       <c r="K88">
         <v>8.165019</v>
       </c>
       <c r="L88">
         <v>8.699237</v>
       </c>
       <c r="M88">
-        <v>95.057317</v>
+        <v>94.555672</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26">
+      <c r="A89" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B89">
+        <v>89.695602</v>
+      </c>
+      <c r="C89">
+        <v>8.195465</v>
+      </c>
+      <c r="D89">
+        <v>9.172251</v>
+      </c>
+      <c r="E89">
+        <v>107.063318</v>
+      </c>
+      <c r="F89">
+        <v>20.528853</v>
+      </c>
+      <c r="G89">
+        <v>31.491281</v>
+      </c>
+      <c r="H89">
+        <v>-10.962428</v>
+      </c>
+      <c r="I89">
+        <v>0.120311</v>
+      </c>
+      <c r="J89">
+        <v>79.204844</v>
+      </c>
+      <c r="K89">
+        <v>8.195465</v>
+      </c>
+      <c r="L89">
+        <v>8.778726</v>
+      </c>
+      <c r="M89">
+        <v>96.221201</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>