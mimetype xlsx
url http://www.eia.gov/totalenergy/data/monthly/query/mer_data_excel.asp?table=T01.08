--- v0 (2025-10-04)
+++ v1 (2025-11-24)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 1.1 Primary Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Total Primary Energy Production</t>
   </si>
   <si>
     <t>Primary Energy Imports</t>
   </si>
   <si>
     <t>Primary Energy Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26101,180 +26101,180 @@
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>7.426197</v>
       </c>
       <c r="C634">
         <v>0.614299</v>
       </c>
       <c r="D634">
         <v>0.738724</v>
       </c>
       <c r="E634">
         <v>8.779221</v>
       </c>
       <c r="F634">
         <v>1.724616</v>
       </c>
       <c r="G634">
         <v>2.560258</v>
       </c>
       <c r="H634">
-        <v>-0.835642</v>
+        <v>-0.835643</v>
       </c>
       <c r="I634">
         <v>-0.366925</v>
       </c>
       <c r="J634">
         <v>6.230653</v>
       </c>
       <c r="K634">
         <v>0.614299</v>
       </c>
       <c r="L634">
         <v>0.72525</v>
       </c>
       <c r="M634">
-        <v>7.576654</v>
+        <v>7.576653</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>7.128643</v>
       </c>
       <c r="C635">
         <v>0.647021</v>
       </c>
       <c r="D635">
         <v>0.734803</v>
       </c>
       <c r="E635">
         <v>8.510467</v>
       </c>
       <c r="F635">
         <v>1.746112</v>
       </c>
       <c r="G635">
-        <v>2.664353</v>
+        <v>2.664354</v>
       </c>
       <c r="H635">
-        <v>-0.918241</v>
+        <v>-0.918242</v>
       </c>
       <c r="I635">
-        <v>0.024967</v>
+        <v>0.024968</v>
       </c>
       <c r="J635">
-        <v>6.260067</v>
+        <v>6.260068</v>
       </c>
       <c r="K635">
         <v>0.647021</v>
       </c>
       <c r="L635">
         <v>0.708251</v>
       </c>
       <c r="M635">
         <v>7.617193</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>7.446184</v>
       </c>
       <c r="C636">
         <v>0.744183</v>
       </c>
       <c r="D636">
         <v>0.745484</v>
       </c>
       <c r="E636">
         <v>8.935852</v>
       </c>
       <c r="F636">
         <v>1.860829</v>
       </c>
       <c r="G636">
-        <v>2.682957</v>
+        <v>2.682958</v>
       </c>
       <c r="H636">
-        <v>-0.822128</v>
+        <v>-0.822129</v>
       </c>
       <c r="I636">
         <v>0.567299</v>
       </c>
       <c r="J636">
         <v>7.214343</v>
       </c>
       <c r="K636">
         <v>0.744183</v>
       </c>
       <c r="L636">
         <v>0.715377</v>
       </c>
       <c r="M636">
-        <v>8.681023</v>
+        <v>8.681022</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>7.344014</v>
       </c>
       <c r="C637">
         <v>0.749815</v>
       </c>
       <c r="D637">
         <v>0.749463</v>
       </c>
       <c r="E637">
         <v>8.843293</v>
       </c>
       <c r="F637">
         <v>1.894319</v>
       </c>
       <c r="G637">
         <v>2.545494</v>
       </c>
       <c r="H637">
         <v>-0.651175</v>
       </c>
       <c r="I637">
         <v>1.34086</v>
       </c>
       <c r="J637">
-        <v>8.060732</v>
+        <v>8.060731</v>
       </c>
       <c r="K637">
         <v>0.749815</v>
       </c>
       <c r="L637">
         <v>0.712739</v>
       </c>
       <c r="M637">
         <v>9.532978</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>6.675326</v>
       </c>
       <c r="C638">
         <v>0.646232</v>
       </c>
       <c r="D638">
         <v>0.691849</v>
       </c>
       <c r="E638">
@@ -26350,145 +26350,186 @@
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>7.31913</v>
       </c>
       <c r="C640">
         <v>0.605093</v>
       </c>
       <c r="D640">
         <v>0.780418</v>
       </c>
       <c r="E640">
         <v>8.70464</v>
       </c>
       <c r="F640">
         <v>1.631141</v>
       </c>
       <c r="G640">
         <v>2.532869</v>
       </c>
       <c r="H640">
         <v>-0.901728</v>
       </c>
       <c r="I640">
-        <v>-0.504222</v>
+        <v>-0.504221</v>
       </c>
       <c r="J640">
-        <v>5.925776</v>
+        <v>5.925777</v>
       </c>
       <c r="K640">
         <v>0.605093</v>
       </c>
       <c r="L640">
         <v>0.762128</v>
       </c>
       <c r="M640">
-        <v>7.298691</v>
+        <v>7.298692</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>7.59187</v>
+        <v>7.581628</v>
       </c>
       <c r="C641">
         <v>0.649538</v>
       </c>
       <c r="D641">
         <v>0.791141</v>
       </c>
       <c r="E641">
-        <v>9.032548</v>
+        <v>9.022306</v>
       </c>
       <c r="F641">
         <v>1.73537</v>
       </c>
       <c r="G641">
-        <v>2.57784</v>
+        <v>2.57713</v>
       </c>
       <c r="H641">
-        <v>-0.84247</v>
+        <v>-0.84176</v>
       </c>
       <c r="I641">
-        <v>-0.776777</v>
+        <v>-0.76772</v>
       </c>
       <c r="J641">
-        <v>5.998094</v>
+        <v>5.997619</v>
       </c>
       <c r="K641">
         <v>0.649538</v>
       </c>
       <c r="L641">
         <v>0.757706</v>
       </c>
       <c r="M641">
-        <v>7.413301</v>
+        <v>7.412826</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>7.376591</v>
+        <v>7.365288</v>
       </c>
       <c r="C642">
         <v>0.692155</v>
       </c>
       <c r="D642">
         <v>0.788355</v>
       </c>
       <c r="E642">
-        <v>8.857102</v>
+        <v>8.845798</v>
       </c>
       <c r="F642">
-        <v>1.680959</v>
+        <v>1.680822</v>
       </c>
       <c r="G642">
         <v>2.531443</v>
       </c>
       <c r="H642">
-        <v>-0.850483</v>
+        <v>-0.85062</v>
       </c>
       <c r="I642">
-        <v>-0.266102</v>
+        <v>-0.255539</v>
       </c>
       <c r="J642">
-        <v>6.291508</v>
+        <v>6.290631</v>
       </c>
       <c r="K642">
         <v>0.692155</v>
       </c>
       <c r="L642">
         <v>0.750687</v>
       </c>
       <c r="M642">
-        <v>7.740516</v>
+        <v>7.739639</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>7.686247</v>
+      </c>
+      <c r="C643">
+        <v>0.739806</v>
+      </c>
+      <c r="D643">
+        <v>0.79148</v>
+      </c>
+      <c r="E643">
+        <v>9.217533</v>
+      </c>
+      <c r="F643">
+        <v>1.740387</v>
+      </c>
+      <c r="G643">
+        <v>2.537415</v>
+      </c>
+      <c r="H643">
+        <v>-0.797028</v>
+      </c>
+      <c r="I643">
+        <v>-0.05247</v>
+      </c>
+      <c r="J643">
+        <v>6.868104</v>
+      </c>
+      <c r="K643">
+        <v>0.739806</v>
+      </c>
+      <c r="L643">
+        <v>0.7566</v>
+      </c>
+      <c r="M643">
+        <v>8.368035</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29700,69 +29741,69 @@
       </c>
       <c r="M87">
         <v>93.726506</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>86.531951</v>
       </c>
       <c r="C88">
         <v>8.173249</v>
       </c>
       <c r="D88">
         <v>8.89795</v>
       </c>
       <c r="E88">
         <v>103.60315</v>
       </c>
       <c r="F88">
         <v>21.696344</v>
       </c>
       <c r="G88">
-        <v>30.887501</v>
+        <v>30.833343</v>
       </c>
       <c r="H88">
-        <v>-9.191157</v>
+        <v>-9.136999</v>
       </c>
       <c r="I88">
-        <v>0.160086</v>
+        <v>0.105926</v>
       </c>
       <c r="J88">
         <v>77.660878</v>
       </c>
       <c r="K88">
         <v>8.173249</v>
       </c>
       <c r="L88">
         <v>8.690806</v>
       </c>
       <c r="M88">
-        <v>94.572079</v>
+        <v>94.572078</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>