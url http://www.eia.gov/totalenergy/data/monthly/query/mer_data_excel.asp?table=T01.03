--- v0 (2025-11-25)
+++ v1 (2026-01-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.1 Primary Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Total Primary Energy Production</t>
   </si>
   <si>
     <t>Primary Energy Imports</t>
   </si>
   <si>
     <t>Primary Energy Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25222,1314 +25222,1396 @@
       </c>
       <c r="H612">
         <v>-0.606497</v>
       </c>
       <c r="I612">
         <v>0.920931</v>
       </c>
       <c r="J612">
         <v>7.243687</v>
       </c>
       <c r="K612">
         <v>0.721896</v>
       </c>
       <c r="L612">
         <v>0.671565</v>
       </c>
       <c r="M612">
         <v>8.650868</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>7.212914</v>
+        <v>7.199838</v>
       </c>
       <c r="C613">
         <v>0.740734</v>
       </c>
       <c r="D613">
         <v>0.699219</v>
       </c>
       <c r="E613">
-        <v>8.652867</v>
+        <v>8.639791</v>
       </c>
       <c r="F613">
-        <v>1.852574</v>
+        <v>1.852552</v>
       </c>
       <c r="G613">
-        <v>2.274901</v>
+        <v>2.274936</v>
       </c>
       <c r="H613">
-        <v>-0.422327</v>
+        <v>-0.422385</v>
       </c>
       <c r="I613">
-        <v>0.245565</v>
+        <v>0.309216</v>
       </c>
       <c r="J613">
-        <v>7.043884</v>
+        <v>7.0944</v>
       </c>
       <c r="K613">
         <v>0.740734</v>
       </c>
       <c r="L613">
         <v>0.680278</v>
       </c>
       <c r="M613">
-        <v>8.476106</v>
+        <v>8.526622</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>6.506346</v>
+        <v>6.494566</v>
       </c>
       <c r="C614">
         <v>0.635553</v>
       </c>
       <c r="D614">
         <v>0.662356</v>
       </c>
       <c r="E614">
-        <v>7.804256</v>
+        <v>7.792476</v>
       </c>
       <c r="F614">
-        <v>1.74655</v>
+        <v>1.74653</v>
       </c>
       <c r="G614">
-        <v>2.216233</v>
+        <v>2.216266</v>
       </c>
       <c r="H614">
-        <v>-0.469683</v>
+        <v>-0.469736</v>
       </c>
       <c r="I614">
-        <v>0.269436</v>
+        <v>0.326308</v>
       </c>
       <c r="J614">
-        <v>6.316142</v>
+        <v>6.36118</v>
       </c>
       <c r="K614">
         <v>0.635553</v>
       </c>
       <c r="L614">
         <v>0.64568</v>
       </c>
       <c r="M614">
-        <v>7.604009</v>
+        <v>7.649047</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>7.345754</v>
+        <v>7.332529</v>
       </c>
       <c r="C615">
         <v>0.656599</v>
       </c>
       <c r="D615">
         <v>0.738376</v>
       </c>
       <c r="E615">
-        <v>8.74073</v>
+        <v>8.727504</v>
       </c>
       <c r="F615">
-        <v>1.789032</v>
+        <v>1.789012</v>
       </c>
       <c r="G615">
-        <v>2.646553</v>
+        <v>2.64659</v>
       </c>
       <c r="H615">
-        <v>-0.85752</v>
+        <v>-0.857578</v>
       </c>
       <c r="I615">
-        <v>0.259122</v>
+        <v>0.318181</v>
       </c>
       <c r="J615">
-        <v>6.754053</v>
+        <v>6.799828</v>
       </c>
       <c r="K615">
         <v>0.656599</v>
       </c>
       <c r="L615">
         <v>0.722937</v>
       </c>
       <c r="M615">
-        <v>8.142331</v>
+        <v>8.188106</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>6.999084</v>
+        <v>6.986399</v>
       </c>
       <c r="C616">
         <v>0.592236</v>
       </c>
       <c r="D616">
         <v>0.711502</v>
       </c>
       <c r="E616">
-        <v>8.302823</v>
+        <v>8.290137</v>
       </c>
       <c r="F616">
-        <v>1.754215</v>
+        <v>1.754196</v>
       </c>
       <c r="G616">
-        <v>2.379919</v>
+        <v>2.379955</v>
       </c>
       <c r="H616">
-        <v>-0.625705</v>
+        <v>-0.625759</v>
       </c>
       <c r="I616">
-        <v>-0.503619</v>
+        <v>-0.45442</v>
       </c>
       <c r="J616">
-        <v>5.876264</v>
+        <v>5.912723</v>
       </c>
       <c r="K616">
         <v>0.592236</v>
       </c>
       <c r="L616">
         <v>0.698472</v>
       </c>
       <c r="M616">
-        <v>7.173499</v>
+        <v>7.209958</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>7.260731</v>
+        <v>7.247469</v>
       </c>
       <c r="C617">
         <v>0.639194</v>
       </c>
       <c r="D617">
         <v>0.743971</v>
       </c>
       <c r="E617">
-        <v>8.643896</v>
+        <v>8.630634</v>
       </c>
       <c r="F617">
-        <v>1.81039</v>
+        <v>1.810372</v>
       </c>
       <c r="G617">
-        <v>2.453716</v>
+        <v>2.453753</v>
       </c>
       <c r="H617">
-        <v>-0.643326</v>
+        <v>-0.643381</v>
       </c>
       <c r="I617">
-        <v>-0.664778</v>
+        <v>-0.616722</v>
       </c>
       <c r="J617">
-        <v>5.948411</v>
+        <v>5.98315</v>
       </c>
       <c r="K617">
         <v>0.639194</v>
       </c>
       <c r="L617">
         <v>0.739232</v>
       </c>
       <c r="M617">
-        <v>7.335792</v>
+        <v>7.370532</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>7.033771</v>
+        <v>7.020984</v>
       </c>
       <c r="C618">
         <v>0.67749</v>
       </c>
       <c r="D618">
         <v>0.701163</v>
       </c>
       <c r="E618">
-        <v>8.412424</v>
+        <v>8.399637</v>
       </c>
       <c r="F618">
-        <v>1.825118</v>
+        <v>1.825099</v>
       </c>
       <c r="G618">
-        <v>2.397564</v>
+        <v>2.397599</v>
       </c>
       <c r="H618">
-        <v>-0.572446</v>
+        <v>-0.5725</v>
       </c>
       <c r="I618">
-        <v>-0.326432</v>
+        <v>-0.277846</v>
       </c>
       <c r="J618">
-        <v>6.139448</v>
+        <v>6.175193</v>
       </c>
       <c r="K618">
         <v>0.67749</v>
       </c>
       <c r="L618">
         <v>0.690843</v>
       </c>
       <c r="M618">
-        <v>7.513546</v>
+        <v>7.54929</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>7.266749</v>
+        <v>7.253507</v>
       </c>
       <c r="C619">
         <v>0.730465</v>
       </c>
       <c r="D619">
         <v>0.718784</v>
       </c>
       <c r="E619">
-        <v>8.715998</v>
+        <v>8.702757</v>
       </c>
       <c r="F619">
-        <v>1.803618</v>
+        <v>1.803597</v>
       </c>
       <c r="G619">
-        <v>2.471963</v>
+        <v>2.472</v>
       </c>
       <c r="H619">
-        <v>-0.668346</v>
+        <v>-0.668404</v>
       </c>
       <c r="I619">
-        <v>0.03383</v>
+        <v>0.087792</v>
       </c>
       <c r="J619">
-        <v>6.646121</v>
+        <v>6.686783</v>
       </c>
       <c r="K619">
         <v>0.730465</v>
       </c>
       <c r="L619">
         <v>0.700695</v>
       </c>
       <c r="M619">
-        <v>8.081483</v>
+        <v>8.122145</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>7.399674</v>
+        <v>7.38634</v>
       </c>
       <c r="C620">
         <v>0.728965</v>
       </c>
       <c r="D620">
         <v>0.716526</v>
       </c>
       <c r="E620">
-        <v>8.845165</v>
+        <v>8.831831</v>
       </c>
       <c r="F620">
-        <v>1.915022</v>
+        <v>1.915001</v>
       </c>
       <c r="G620">
-        <v>2.567337</v>
+        <v>2.567374</v>
       </c>
       <c r="H620">
-        <v>-0.652315</v>
+        <v>-0.652372</v>
       </c>
       <c r="I620">
-        <v>0.030568</v>
+        <v>0.084694</v>
       </c>
       <c r="J620">
-        <v>6.782068</v>
+        <v>6.822802</v>
       </c>
       <c r="K620">
         <v>0.728965</v>
       </c>
       <c r="L620">
         <v>0.707663</v>
       </c>
       <c r="M620">
-        <v>8.223419</v>
+        <v>8.264153</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>7.202332</v>
+        <v>7.189413</v>
       </c>
       <c r="C621">
         <v>0.68523</v>
       </c>
       <c r="D621">
         <v>0.675796</v>
       </c>
       <c r="E621">
-        <v>8.563358</v>
+        <v>8.550439</v>
       </c>
       <c r="F621">
-        <v>1.785114</v>
+        <v>1.785095</v>
       </c>
       <c r="G621">
-        <v>2.440726</v>
+        <v>2.440762</v>
       </c>
       <c r="H621">
-        <v>-0.655612</v>
+        <v>-0.655667</v>
       </c>
       <c r="I621">
-        <v>-0.475313</v>
+        <v>-0.42641</v>
       </c>
       <c r="J621">
-        <v>6.088257</v>
+        <v>6.124185</v>
       </c>
       <c r="K621">
         <v>0.68523</v>
       </c>
       <c r="L621">
         <v>0.658652</v>
       </c>
       <c r="M621">
-        <v>7.432434</v>
+        <v>7.468362</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>7.393373</v>
+        <v>7.380039</v>
       </c>
       <c r="C622">
         <v>0.642125</v>
       </c>
       <c r="D622">
         <v>0.697</v>
       </c>
       <c r="E622">
-        <v>8.732498</v>
+        <v>8.719164</v>
       </c>
       <c r="F622">
-        <v>1.704523</v>
+        <v>1.704504</v>
       </c>
       <c r="G622">
-        <v>2.53448</v>
+        <v>2.534518</v>
       </c>
       <c r="H622">
-        <v>-0.829957</v>
+        <v>-0.830014</v>
       </c>
       <c r="I622">
-        <v>-0.355569</v>
+        <v>-0.305498</v>
       </c>
       <c r="J622">
-        <v>6.216431</v>
+        <v>6.253111</v>
       </c>
       <c r="K622">
         <v>0.642125</v>
       </c>
       <c r="L622">
         <v>0.687717</v>
       </c>
       <c r="M622">
-        <v>7.546972</v>
+        <v>7.583652</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>7.247198</v>
+        <v>7.234109</v>
       </c>
       <c r="C623">
         <v>0.650717</v>
       </c>
       <c r="D623">
         <v>0.685076</v>
       </c>
       <c r="E623">
-        <v>8.582991</v>
+        <v>8.569902</v>
       </c>
       <c r="F623">
-        <v>1.818131</v>
+        <v>1.818111</v>
       </c>
       <c r="G623">
-        <v>2.46521</v>
+        <v>2.465248</v>
       </c>
       <c r="H623">
-        <v>-0.647079</v>
+        <v>-0.647137</v>
       </c>
       <c r="I623">
-        <v>-0.091626</v>
+        <v>-0.035726</v>
       </c>
       <c r="J623">
-        <v>6.526288</v>
+        <v>6.569042</v>
       </c>
       <c r="K623">
         <v>0.650717</v>
       </c>
       <c r="L623">
         <v>0.665096</v>
       </c>
       <c r="M623">
-        <v>7.844286</v>
+        <v>7.887039</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>7.403374</v>
+        <v>7.389849</v>
       </c>
       <c r="C624">
         <v>0.719666</v>
       </c>
       <c r="D624">
         <v>0.723896</v>
       </c>
       <c r="E624">
-        <v>8.846935</v>
+        <v>8.83341</v>
       </c>
       <c r="F624">
-        <v>1.853243</v>
+        <v>1.853221</v>
       </c>
       <c r="G624">
-        <v>2.80737</v>
+        <v>2.807411</v>
       </c>
       <c r="H624">
-        <v>-0.954126</v>
+        <v>-0.95419</v>
       </c>
       <c r="I624">
-        <v>0.459827</v>
+        <v>0.521615</v>
       </c>
       <c r="J624">
-        <v>6.933061</v>
+        <v>6.98126</v>
       </c>
       <c r="K624">
         <v>0.719666</v>
       </c>
       <c r="L624">
         <v>0.695342</v>
       </c>
       <c r="M624">
-        <v>8.352636</v>
+        <v>8.400835</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>7.125805</v>
+        <v>7.120496</v>
       </c>
       <c r="C625">
-        <v>0.722021</v>
+        <v>0.7214</v>
       </c>
       <c r="D625">
-        <v>0.69187</v>
+        <v>0.689644</v>
       </c>
       <c r="E625">
-        <v>8.539696</v>
+        <v>8.531539</v>
       </c>
       <c r="F625">
-        <v>1.904153</v>
+        <v>1.904122</v>
       </c>
       <c r="G625">
-        <v>2.521089</v>
+        <v>2.520911</v>
       </c>
       <c r="H625">
-        <v>-0.616936</v>
+        <v>-0.616789</v>
       </c>
       <c r="I625">
-        <v>1.121518</v>
+        <v>1.183643</v>
       </c>
       <c r="J625">
-        <v>7.646953</v>
+        <v>7.703916</v>
       </c>
       <c r="K625">
-        <v>0.722021</v>
+        <v>0.7214</v>
       </c>
       <c r="L625">
-        <v>0.669378</v>
+        <v>0.667152</v>
       </c>
       <c r="M625">
-        <v>9.044278</v>
+        <v>9.098394</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>6.956996</v>
+        <v>6.953119</v>
       </c>
       <c r="C626">
-        <v>0.67503</v>
+        <v>0.674449</v>
       </c>
       <c r="D626">
-        <v>0.705262</v>
+        <v>0.711645</v>
       </c>
       <c r="E626">
-        <v>8.337288</v>
+        <v>8.339213</v>
       </c>
       <c r="F626">
-        <v>1.714381</v>
+        <v>1.714356</v>
       </c>
       <c r="G626">
-        <v>2.536975</v>
+        <v>2.525681</v>
       </c>
       <c r="H626">
-        <v>-0.822594</v>
+        <v>-0.811325</v>
       </c>
       <c r="I626">
-        <v>0.218695</v>
+        <v>0.252849</v>
       </c>
       <c r="J626">
-        <v>6.368177</v>
+        <v>6.409724</v>
       </c>
       <c r="K626">
-        <v>0.67503</v>
+        <v>0.674449</v>
       </c>
       <c r="L626">
-        <v>0.689635</v>
+        <v>0.696018</v>
       </c>
       <c r="M626">
-        <v>7.733389</v>
+        <v>7.780738</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>7.262059</v>
+        <v>7.258376</v>
       </c>
       <c r="C627">
-        <v>0.66209</v>
+        <v>0.66152</v>
       </c>
       <c r="D627">
-        <v>0.777358</v>
+        <v>0.777166</v>
       </c>
       <c r="E627">
-        <v>8.701508</v>
+        <v>8.697062</v>
       </c>
       <c r="F627">
-        <v>1.73636</v>
+        <v>1.736337</v>
       </c>
       <c r="G627">
-        <v>2.641503</v>
+        <v>2.650213</v>
       </c>
       <c r="H627">
-        <v>-0.905142</v>
+        <v>-0.913877</v>
       </c>
       <c r="I627">
-        <v>-0.050584</v>
+        <v>0.00349</v>
       </c>
       <c r="J627">
-        <v>6.329265</v>
+        <v>6.370922</v>
       </c>
       <c r="K627">
-        <v>0.66209</v>
+        <v>0.66152</v>
       </c>
       <c r="L627">
-        <v>0.755615</v>
+        <v>0.755423</v>
       </c>
       <c r="M627">
-        <v>7.745781</v>
+        <v>7.786675</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>6.935891</v>
+        <v>6.932612</v>
       </c>
       <c r="C628">
-        <v>0.60226</v>
+        <v>0.60091</v>
       </c>
       <c r="D628">
-        <v>0.757341</v>
+        <v>0.761186</v>
       </c>
       <c r="E628">
-        <v>8.295492</v>
+        <v>8.294709</v>
       </c>
       <c r="F628">
-        <v>1.770457</v>
+        <v>1.770436</v>
       </c>
       <c r="G628">
-        <v>2.364211</v>
+        <v>2.361826</v>
       </c>
       <c r="H628">
-        <v>-0.593754</v>
+        <v>-0.59139</v>
       </c>
       <c r="I628">
-        <v>-0.524157</v>
+        <v>-0.486098</v>
       </c>
       <c r="J628">
-        <v>5.831803</v>
+        <v>5.868947</v>
       </c>
       <c r="K628">
-        <v>0.60226</v>
+        <v>0.60091</v>
       </c>
       <c r="L628">
-        <v>0.745099</v>
+        <v>0.748944</v>
       </c>
       <c r="M628">
-        <v>7.177581</v>
+        <v>7.217221</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>7.206467</v>
+        <v>7.202762</v>
       </c>
       <c r="C629">
-        <v>0.679097</v>
+        <v>0.678513</v>
       </c>
       <c r="D629">
-        <v>0.769087</v>
+        <v>0.77513</v>
       </c>
       <c r="E629">
-        <v>8.654652</v>
+        <v>8.656404</v>
       </c>
       <c r="F629">
-        <v>1.939124</v>
+        <v>1.9391</v>
       </c>
       <c r="G629">
-        <v>2.560412</v>
+        <v>2.564254</v>
       </c>
       <c r="H629">
-        <v>-0.621289</v>
+        <v>-0.625153</v>
       </c>
       <c r="I629">
-        <v>-0.521401</v>
+        <v>-0.474613</v>
       </c>
       <c r="J629">
-        <v>6.065292</v>
+        <v>6.10451</v>
       </c>
       <c r="K629">
-        <v>0.679097</v>
+        <v>0.678513</v>
       </c>
       <c r="L629">
-        <v>0.767418</v>
+        <v>0.773461</v>
       </c>
       <c r="M629">
-        <v>7.511962</v>
+        <v>7.556638</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>7.113333</v>
+        <v>7.109241</v>
       </c>
       <c r="C630">
-        <v>0.712744</v>
+        <v>0.712131</v>
       </c>
       <c r="D630">
-        <v>0.765316</v>
+        <v>0.775144</v>
       </c>
       <c r="E630">
-        <v>8.591394</v>
+        <v>8.596516</v>
       </c>
       <c r="F630">
-        <v>1.82411</v>
+        <v>1.824086</v>
       </c>
       <c r="G630">
-        <v>2.592415</v>
+        <v>2.595423</v>
       </c>
       <c r="H630">
-        <v>-0.768305</v>
+        <v>-0.771336</v>
       </c>
       <c r="I630">
-        <v>-0.180195</v>
+        <v>-0.13996</v>
       </c>
       <c r="J630">
-        <v>6.174972</v>
+        <v>6.208084</v>
       </c>
       <c r="K630">
-        <v>0.712744</v>
+        <v>0.712131</v>
       </c>
       <c r="L630">
-        <v>0.750327</v>
+        <v>0.760155</v>
       </c>
       <c r="M630">
-        <v>7.642894</v>
+        <v>7.685219</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>7.352895</v>
+        <v>7.348421</v>
       </c>
       <c r="C631">
-        <v>0.730441</v>
+        <v>0.729451</v>
       </c>
       <c r="D631">
-        <v>0.752305</v>
+        <v>0.756708</v>
       </c>
       <c r="E631">
-        <v>8.835641</v>
+        <v>8.834581</v>
       </c>
       <c r="F631">
-        <v>1.967498</v>
+        <v>1.967471</v>
       </c>
       <c r="G631">
-        <v>2.547598</v>
+        <v>2.550484</v>
       </c>
       <c r="H631">
-        <v>-0.5801</v>
+        <v>-0.583013</v>
       </c>
       <c r="I631">
-        <v>-0.034214</v>
+        <v>0.009377</v>
       </c>
       <c r="J631">
-        <v>6.740925</v>
+        <v>6.77713</v>
       </c>
       <c r="K631">
-        <v>0.730441</v>
+        <v>0.729451</v>
       </c>
       <c r="L631">
-        <v>0.741477</v>
+        <v>0.745879</v>
       </c>
       <c r="M631">
-        <v>8.221327</v>
+        <v>8.260945</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>7.442639</v>
+        <v>7.437643</v>
       </c>
       <c r="C632">
-        <v>0.729135</v>
+        <v>0.728507</v>
       </c>
       <c r="D632">
-        <v>0.757762</v>
+        <v>0.756385</v>
       </c>
       <c r="E632">
-        <v>8.929536</v>
+        <v>8.922535</v>
       </c>
       <c r="F632">
-        <v>1.784888</v>
+        <v>1.784862</v>
       </c>
       <c r="G632">
-        <v>2.62509</v>
+        <v>2.625047</v>
       </c>
       <c r="H632">
-        <v>-0.840202</v>
+        <v>-0.840185</v>
       </c>
       <c r="I632">
-        <v>0.120526</v>
+        <v>0.171289</v>
       </c>
       <c r="J632">
-        <v>6.736376</v>
+        <v>6.78216</v>
       </c>
       <c r="K632">
-        <v>0.729135</v>
+        <v>0.728507</v>
       </c>
       <c r="L632">
-        <v>0.736992</v>
+        <v>0.735615</v>
       </c>
       <c r="M632">
-        <v>8.20986</v>
+        <v>8.253639</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>7.134842</v>
+        <v>7.129729</v>
       </c>
       <c r="C633">
-        <v>0.654927</v>
+        <v>0.654363</v>
       </c>
       <c r="D633">
-        <v>0.702635</v>
+        <v>0.700397</v>
       </c>
       <c r="E633">
-        <v>8.492404</v>
+        <v>8.48449</v>
       </c>
       <c r="F633">
-        <v>1.723816</v>
+        <v>1.723792</v>
       </c>
       <c r="G633">
-        <v>2.536479</v>
+        <v>2.538561</v>
       </c>
       <c r="H633">
-        <v>-0.812663</v>
+        <v>-0.814769</v>
       </c>
       <c r="I633">
-        <v>-0.269602</v>
+        <v>-0.232338</v>
       </c>
       <c r="J633">
-        <v>6.06204</v>
+        <v>6.092086</v>
       </c>
       <c r="K633">
-        <v>0.654927</v>
+        <v>0.654363</v>
       </c>
       <c r="L633">
-        <v>0.685999</v>
+        <v>0.683761</v>
       </c>
       <c r="M633">
-        <v>7.410139</v>
+        <v>7.437384</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>7.426197</v>
+        <v>7.419977</v>
       </c>
       <c r="C634">
-        <v>0.614299</v>
+        <v>0.61377</v>
       </c>
       <c r="D634">
-        <v>0.738724</v>
+        <v>0.735345</v>
       </c>
       <c r="E634">
-        <v>8.779221</v>
+        <v>8.769092</v>
       </c>
       <c r="F634">
-        <v>1.724616</v>
+        <v>1.724591</v>
       </c>
       <c r="G634">
-        <v>2.560258</v>
+        <v>2.56325</v>
       </c>
       <c r="H634">
-        <v>-0.835643</v>
+        <v>-0.838659</v>
       </c>
       <c r="I634">
-        <v>-0.366925</v>
+        <v>-0.322681</v>
       </c>
       <c r="J634">
-        <v>6.230653</v>
+        <v>6.26566</v>
       </c>
       <c r="K634">
-        <v>0.614299</v>
+        <v>0.61377</v>
       </c>
       <c r="L634">
-        <v>0.72525</v>
+        <v>0.721871</v>
       </c>
       <c r="M634">
-        <v>7.576653</v>
+        <v>7.607752</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>7.128643</v>
+        <v>7.12309</v>
       </c>
       <c r="C635">
-        <v>0.647021</v>
+        <v>0.646464</v>
       </c>
       <c r="D635">
-        <v>0.734803</v>
+        <v>0.725928</v>
       </c>
       <c r="E635">
-        <v>8.510467</v>
+        <v>8.495482</v>
       </c>
       <c r="F635">
-        <v>1.746112</v>
+        <v>1.746086</v>
       </c>
       <c r="G635">
-        <v>2.664354</v>
+        <v>2.660867</v>
       </c>
       <c r="H635">
-        <v>-0.918242</v>
+        <v>-0.914782</v>
       </c>
       <c r="I635">
-        <v>0.024968</v>
+        <v>0.061214</v>
       </c>
       <c r="J635">
-        <v>6.260068</v>
+        <v>6.294221</v>
       </c>
       <c r="K635">
-        <v>0.647021</v>
+        <v>0.646464</v>
       </c>
       <c r="L635">
-        <v>0.708251</v>
+        <v>0.699376</v>
       </c>
       <c r="M635">
-        <v>7.617193</v>
+        <v>7.641914</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>7.446184</v>
+        <v>7.441391</v>
       </c>
       <c r="C636">
-        <v>0.744183</v>
+        <v>0.743543</v>
       </c>
       <c r="D636">
-        <v>0.745484</v>
+        <v>0.741701</v>
       </c>
       <c r="E636">
-        <v>8.935852</v>
+        <v>8.926635</v>
       </c>
       <c r="F636">
-        <v>1.860829</v>
+        <v>1.860799</v>
       </c>
       <c r="G636">
-        <v>2.682958</v>
+        <v>2.687014</v>
       </c>
       <c r="H636">
-        <v>-0.822129</v>
+        <v>-0.826215</v>
       </c>
       <c r="I636">
-        <v>0.567299</v>
+        <v>0.630381</v>
       </c>
       <c r="J636">
-        <v>7.214343</v>
+        <v>7.268545</v>
       </c>
       <c r="K636">
-        <v>0.744183</v>
+        <v>0.743543</v>
       </c>
       <c r="L636">
-        <v>0.715377</v>
+        <v>0.711594</v>
       </c>
       <c r="M636">
-        <v>8.681022</v>
+        <v>8.730801</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>7.344014</v>
+        <v>7.342758</v>
       </c>
       <c r="C637">
-        <v>0.749815</v>
+        <v>0.74917</v>
       </c>
       <c r="D637">
-        <v>0.749463</v>
+        <v>0.750981</v>
       </c>
       <c r="E637">
-        <v>8.843293</v>
+        <v>8.842909</v>
       </c>
       <c r="F637">
         <v>1.894319</v>
       </c>
       <c r="G637">
-        <v>2.545494</v>
+        <v>2.544976</v>
       </c>
       <c r="H637">
-        <v>-0.651175</v>
+        <v>-0.650657</v>
       </c>
       <c r="I637">
-        <v>1.34086</v>
+        <v>1.336908</v>
       </c>
       <c r="J637">
-        <v>8.060731</v>
+        <v>8.056042</v>
       </c>
       <c r="K637">
-        <v>0.749815</v>
+        <v>0.74917</v>
       </c>
       <c r="L637">
-        <v>0.712739</v>
+        <v>0.714256</v>
       </c>
       <c r="M637">
-        <v>9.532978</v>
+        <v>9.52916</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>6.675326</v>
+        <v>6.674214</v>
       </c>
       <c r="C638">
-        <v>0.646232</v>
+        <v>0.645675</v>
       </c>
       <c r="D638">
-        <v>0.691849</v>
+        <v>0.693266</v>
       </c>
       <c r="E638">
-        <v>8.013407</v>
+        <v>8.013155</v>
       </c>
       <c r="F638">
         <v>1.607167</v>
       </c>
       <c r="G638">
-        <v>2.422174</v>
+        <v>2.421679</v>
       </c>
       <c r="H638">
-        <v>-0.815006</v>
+        <v>-0.814511</v>
       </c>
       <c r="I638">
-        <v>0.889637</v>
+        <v>0.884581</v>
       </c>
       <c r="J638">
-        <v>6.768933</v>
+        <v>6.76326</v>
       </c>
       <c r="K638">
-        <v>0.646232</v>
+        <v>0.645675</v>
       </c>
       <c r="L638">
-        <v>0.666435</v>
+        <v>0.667851</v>
       </c>
       <c r="M638">
-        <v>8.088038</v>
+        <v>8.083225</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>7.627666</v>
+        <v>7.626328</v>
       </c>
       <c r="C639">
-        <v>0.652797</v>
+        <v>0.652235</v>
       </c>
       <c r="D639">
-        <v>0.810548</v>
+        <v>0.812838</v>
       </c>
       <c r="E639">
-        <v>9.091011</v>
+        <v>9.091401</v>
       </c>
       <c r="F639">
         <v>1.664096</v>
       </c>
       <c r="G639">
-        <v>2.709576</v>
+        <v>2.708953</v>
       </c>
       <c r="H639">
-        <v>-1.04548</v>
+        <v>-1.044857</v>
       </c>
       <c r="I639">
-        <v>-0.214923</v>
+        <v>-0.205682</v>
       </c>
       <c r="J639">
-        <v>6.395228</v>
+        <v>6.403754</v>
       </c>
       <c r="K639">
-        <v>0.652797</v>
+        <v>0.652235</v>
       </c>
       <c r="L639">
-        <v>0.779815</v>
+        <v>0.782105</v>
       </c>
       <c r="M639">
-        <v>7.830608</v>
+        <v>7.840862</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>7.31913</v>
+        <v>7.283922</v>
       </c>
       <c r="C640">
-        <v>0.605093</v>
+        <v>0.604572</v>
       </c>
       <c r="D640">
-        <v>0.780418</v>
+        <v>0.783482</v>
       </c>
       <c r="E640">
-        <v>8.70464</v>
+        <v>8.671976</v>
       </c>
       <c r="F640">
         <v>1.631141</v>
       </c>
       <c r="G640">
-        <v>2.532869</v>
+        <v>2.532361</v>
       </c>
       <c r="H640">
-        <v>-0.901728</v>
+        <v>-0.90122</v>
       </c>
       <c r="I640">
-        <v>-0.504221</v>
+        <v>-0.480358</v>
       </c>
       <c r="J640">
-        <v>5.925777</v>
+        <v>5.91494</v>
       </c>
       <c r="K640">
-        <v>0.605093</v>
+        <v>0.604572</v>
       </c>
       <c r="L640">
-        <v>0.762128</v>
+        <v>0.765192</v>
       </c>
       <c r="M640">
-        <v>7.298692</v>
+        <v>7.290398</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>7.581628</v>
+        <v>7.538718</v>
       </c>
       <c r="C641">
-        <v>0.649538</v>
+        <v>0.648978</v>
       </c>
       <c r="D641">
-        <v>0.791141</v>
+        <v>0.793521</v>
       </c>
       <c r="E641">
-        <v>9.022306</v>
+        <v>8.981218</v>
       </c>
       <c r="F641">
         <v>1.73537</v>
       </c>
       <c r="G641">
-        <v>2.57713</v>
+        <v>2.576605</v>
       </c>
       <c r="H641">
-        <v>-0.84176</v>
+        <v>-0.841235</v>
       </c>
       <c r="I641">
-        <v>-0.76772</v>
+        <v>-0.719661</v>
       </c>
       <c r="J641">
-        <v>5.997619</v>
+        <v>6.003293</v>
       </c>
       <c r="K641">
-        <v>0.649538</v>
+        <v>0.648978</v>
       </c>
       <c r="L641">
-        <v>0.757706</v>
+        <v>0.760087</v>
       </c>
       <c r="M641">
-        <v>7.412826</v>
+        <v>7.420322</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>7.365288</v>
+        <v>7.346168</v>
       </c>
       <c r="C642">
-        <v>0.692155</v>
+        <v>0.691559</v>
       </c>
       <c r="D642">
-        <v>0.788355</v>
+        <v>0.789933</v>
       </c>
       <c r="E642">
-        <v>8.845798</v>
+        <v>8.82766</v>
       </c>
       <c r="F642">
         <v>1.680822</v>
       </c>
       <c r="G642">
-        <v>2.531443</v>
+        <v>2.530885</v>
       </c>
       <c r="H642">
-        <v>-0.85062</v>
+        <v>-0.850063</v>
       </c>
       <c r="I642">
-        <v>-0.255539</v>
+        <v>-0.235388</v>
       </c>
       <c r="J642">
-        <v>6.290631</v>
+        <v>6.291591</v>
       </c>
       <c r="K642">
-        <v>0.692155</v>
+        <v>0.691559</v>
       </c>
       <c r="L642">
-        <v>0.750687</v>
+        <v>0.752893</v>
       </c>
       <c r="M642">
-        <v>7.739639</v>
+        <v>7.742209</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>7.686247</v>
+        <v>7.703488</v>
       </c>
       <c r="C643">
-        <v>0.739806</v>
+        <v>0.739169</v>
       </c>
       <c r="D643">
-        <v>0.79148</v>
+        <v>0.794256</v>
       </c>
       <c r="E643">
-        <v>9.217533</v>
+        <v>9.236913</v>
       </c>
       <c r="F643">
-        <v>1.740387</v>
+        <v>1.743307</v>
       </c>
       <c r="G643">
-        <v>2.537415</v>
+        <v>2.542912</v>
       </c>
       <c r="H643">
-        <v>-0.797028</v>
+        <v>-0.799605</v>
       </c>
       <c r="I643">
-        <v>-0.05247</v>
+        <v>-0.083073</v>
       </c>
       <c r="J643">
-        <v>6.868104</v>
+        <v>6.854594</v>
       </c>
       <c r="K643">
-        <v>0.739806</v>
+        <v>0.739169</v>
       </c>
       <c r="L643">
-        <v>0.7566</v>
+        <v>0.757474</v>
       </c>
       <c r="M643">
-        <v>8.368035</v>
+        <v>8.354235</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>7.788422</v>
+      </c>
+      <c r="C644">
+        <v>0.738374</v>
+      </c>
+      <c r="D644">
+        <v>0.763036</v>
+      </c>
+      <c r="E644">
+        <v>9.289832</v>
+      </c>
+      <c r="F644">
+        <v>1.761276</v>
+      </c>
+      <c r="G644">
+        <v>2.668125</v>
+      </c>
+      <c r="H644">
+        <v>-0.906849</v>
+      </c>
+      <c r="I644">
+        <v>-0.227807</v>
+      </c>
+      <c r="J644">
+        <v>6.681725</v>
+      </c>
+      <c r="K644">
+        <v>0.738374</v>
+      </c>
+      <c r="L644">
+        <v>0.731321</v>
+      </c>
+      <c r="M644">
+        <v>8.155176</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>7.514258</v>
+      </c>
+      <c r="C645">
+        <v>0.683576</v>
+      </c>
+      <c r="D645">
+        <v>0.715006</v>
+      </c>
+      <c r="E645">
+        <v>8.912839</v>
+      </c>
+      <c r="F645">
+        <v>1.727663</v>
+      </c>
+      <c r="G645">
+        <v>2.622954</v>
+      </c>
+      <c r="H645">
+        <v>-0.895291</v>
+      </c>
+      <c r="I645">
+        <v>-0.464077</v>
+      </c>
+      <c r="J645">
+        <v>6.187724</v>
+      </c>
+      <c r="K645">
+        <v>0.683576</v>
+      </c>
+      <c r="L645">
+        <v>0.677744</v>
+      </c>
+      <c r="M645">
+        <v>7.553471</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29685,125 +29767,125 @@
       </c>
       <c r="H86">
         <v>-5.828319</v>
       </c>
       <c r="I86">
         <v>2.031867</v>
       </c>
       <c r="J86">
         <v>78.529365</v>
       </c>
       <c r="K86">
         <v>8.06102</v>
       </c>
       <c r="L86">
         <v>8.213669</v>
       </c>
       <c r="M86">
         <v>94.944669</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>86.271301</v>
+        <v>86.115041</v>
       </c>
       <c r="C87">
         <v>8.098974</v>
       </c>
       <c r="D87">
         <v>8.473666</v>
       </c>
       <c r="E87">
-        <v>102.843941</v>
+        <v>102.687681</v>
       </c>
       <c r="F87">
-        <v>21.657531</v>
+        <v>21.657289</v>
       </c>
       <c r="G87">
-        <v>29.655971</v>
+        <v>29.656412</v>
       </c>
       <c r="H87">
-        <v>-7.998441</v>
+        <v>-7.999123</v>
       </c>
       <c r="I87">
-        <v>-1.118995</v>
+        <v>-0.468821</v>
       </c>
       <c r="J87">
-        <v>77.270417</v>
+        <v>77.763648</v>
       </c>
       <c r="K87">
         <v>8.098974</v>
       </c>
       <c r="L87">
         <v>8.292613</v>
       </c>
       <c r="M87">
-        <v>93.726506</v>
+        <v>94.219737</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>86.531951</v>
+        <v>86.476858</v>
       </c>
       <c r="C88">
-        <v>8.173249</v>
+        <v>8.165019</v>
       </c>
       <c r="D88">
-        <v>8.89795</v>
+        <v>8.906381</v>
       </c>
       <c r="E88">
-        <v>103.60315</v>
+        <v>103.548258</v>
       </c>
       <c r="F88">
-        <v>21.696344</v>
+        <v>21.696038</v>
       </c>
       <c r="G88">
-        <v>30.833343</v>
+        <v>30.84353</v>
       </c>
       <c r="H88">
-        <v>-9.136999</v>
+        <v>-9.147492</v>
       </c>
       <c r="I88">
-        <v>0.105926</v>
+        <v>0.656551</v>
       </c>
       <c r="J88">
-        <v>77.660878</v>
+        <v>78.145916</v>
       </c>
       <c r="K88">
-        <v>8.173249</v>
+        <v>8.165019</v>
       </c>
       <c r="L88">
-        <v>8.690806</v>
+        <v>8.699237</v>
       </c>
       <c r="M88">
-        <v>94.572078</v>
+        <v>95.057317</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>