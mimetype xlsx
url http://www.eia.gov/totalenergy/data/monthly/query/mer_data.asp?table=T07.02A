--- v0 (2025-12-24)
+++ v1 (2026-02-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.1 Primary Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Total Primary Energy Production</t>
   </si>
   <si>
     <t>Primary Energy Imports</t>
   </si>
   <si>
     <t>Primary Energy Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26212,406 +26212,447 @@
       </c>
       <c r="J636">
         <v>7.268545</v>
       </c>
       <c r="K636">
         <v>0.743543</v>
       </c>
       <c r="L636">
         <v>0.711594</v>
       </c>
       <c r="M636">
         <v>8.730801</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>7.342758</v>
       </c>
       <c r="C637">
         <v>0.74917</v>
       </c>
       <c r="D637">
-        <v>0.750981</v>
+        <v>0.749</v>
       </c>
       <c r="E637">
-        <v>8.842909</v>
+        <v>8.840928</v>
       </c>
       <c r="F637">
         <v>1.894319</v>
       </c>
       <c r="G637">
         <v>2.544976</v>
       </c>
       <c r="H637">
         <v>-0.650657</v>
       </c>
       <c r="I637">
-        <v>1.336908</v>
+        <v>1.337801</v>
       </c>
       <c r="J637">
-        <v>8.056042</v>
+        <v>8.056934</v>
       </c>
       <c r="K637">
         <v>0.74917</v>
       </c>
       <c r="L637">
-        <v>0.714256</v>
+        <v>0.712275</v>
       </c>
       <c r="M637">
-        <v>9.52916</v>
+        <v>9.528071</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>6.674214</v>
       </c>
       <c r="C638">
         <v>0.645675</v>
       </c>
       <c r="D638">
-        <v>0.693266</v>
+        <v>0.691474</v>
       </c>
       <c r="E638">
-        <v>8.013155</v>
+        <v>8.011363</v>
       </c>
       <c r="F638">
         <v>1.607167</v>
       </c>
       <c r="G638">
         <v>2.421679</v>
       </c>
       <c r="H638">
         <v>-0.814511</v>
       </c>
       <c r="I638">
-        <v>0.884581</v>
+        <v>0.885112</v>
       </c>
       <c r="J638">
-        <v>6.76326</v>
+        <v>6.763791</v>
       </c>
       <c r="K638">
         <v>0.645675</v>
       </c>
       <c r="L638">
-        <v>0.667851</v>
+        <v>0.666059</v>
       </c>
       <c r="M638">
-        <v>8.083225</v>
+        <v>8.081964</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>7.626328</v>
       </c>
       <c r="C639">
         <v>0.652235</v>
       </c>
       <c r="D639">
-        <v>0.812838</v>
+        <v>0.810909</v>
       </c>
       <c r="E639">
-        <v>9.091401</v>
+        <v>9.089472</v>
       </c>
       <c r="F639">
         <v>1.664096</v>
       </c>
       <c r="G639">
         <v>2.708953</v>
       </c>
       <c r="H639">
         <v>-1.044857</v>
       </c>
       <c r="I639">
-        <v>-0.205682</v>
+        <v>-0.205742</v>
       </c>
       <c r="J639">
-        <v>6.403754</v>
+        <v>6.403694</v>
       </c>
       <c r="K639">
         <v>0.652235</v>
       </c>
       <c r="L639">
-        <v>0.782105</v>
+        <v>0.780176</v>
       </c>
       <c r="M639">
-        <v>7.840862</v>
+        <v>7.838873</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>7.283922</v>
       </c>
       <c r="C640">
         <v>0.604572</v>
       </c>
       <c r="D640">
-        <v>0.783482</v>
+        <v>0.781673</v>
       </c>
       <c r="E640">
-        <v>8.671976</v>
+        <v>8.670167</v>
       </c>
       <c r="F640">
         <v>1.631141</v>
       </c>
       <c r="G640">
         <v>2.532361</v>
       </c>
       <c r="H640">
         <v>-0.90122</v>
       </c>
       <c r="I640">
-        <v>-0.480358</v>
+        <v>-0.480638</v>
       </c>
       <c r="J640">
-        <v>5.91494</v>
+        <v>5.914661</v>
       </c>
       <c r="K640">
         <v>0.604572</v>
       </c>
       <c r="L640">
-        <v>0.765192</v>
+        <v>0.763384</v>
       </c>
       <c r="M640">
-        <v>7.290398</v>
+        <v>7.28831</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>7.538718</v>
       </c>
       <c r="C641">
         <v>0.648978</v>
       </c>
       <c r="D641">
-        <v>0.793521</v>
+        <v>0.791628</v>
       </c>
       <c r="E641">
-        <v>8.981218</v>
+        <v>8.979324</v>
       </c>
       <c r="F641">
         <v>1.73537</v>
       </c>
       <c r="G641">
         <v>2.576605</v>
       </c>
       <c r="H641">
         <v>-0.841235</v>
       </c>
       <c r="I641">
-        <v>-0.719661</v>
+        <v>-0.720095</v>
       </c>
       <c r="J641">
-        <v>6.003293</v>
+        <v>6.00286</v>
       </c>
       <c r="K641">
         <v>0.648978</v>
       </c>
       <c r="L641">
-        <v>0.760087</v>
+        <v>0.758193</v>
       </c>
       <c r="M641">
-        <v>7.420322</v>
+        <v>7.417995</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>7.346168</v>
       </c>
       <c r="C642">
         <v>0.691559</v>
       </c>
       <c r="D642">
-        <v>0.789933</v>
+        <v>0.788025</v>
       </c>
       <c r="E642">
-        <v>8.82766</v>
+        <v>8.825753</v>
       </c>
       <c r="F642">
         <v>1.680822</v>
       </c>
       <c r="G642">
         <v>2.530885</v>
       </c>
       <c r="H642">
         <v>-0.850063</v>
       </c>
       <c r="I642">
-        <v>-0.235388</v>
+        <v>-0.235675</v>
       </c>
       <c r="J642">
-        <v>6.291591</v>
+        <v>6.291304</v>
       </c>
       <c r="K642">
         <v>0.691559</v>
       </c>
       <c r="L642">
-        <v>0.752893</v>
+        <v>0.750985</v>
       </c>
       <c r="M642">
-        <v>7.742209</v>
+        <v>7.740014</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>7.703488</v>
       </c>
       <c r="C643">
         <v>0.739169</v>
       </c>
       <c r="D643">
-        <v>0.794256</v>
+        <v>0.792281</v>
       </c>
       <c r="E643">
-        <v>9.236913</v>
+        <v>9.234939</v>
       </c>
       <c r="F643">
         <v>1.743307</v>
       </c>
       <c r="G643">
         <v>2.542912</v>
       </c>
       <c r="H643">
         <v>-0.799605</v>
       </c>
       <c r="I643">
-        <v>-0.083073</v>
+        <v>-0.082084</v>
       </c>
       <c r="J643">
-        <v>6.854594</v>
+        <v>6.855583</v>
       </c>
       <c r="K643">
         <v>0.739169</v>
       </c>
       <c r="L643">
-        <v>0.757474</v>
+        <v>0.7555</v>
       </c>
       <c r="M643">
-        <v>8.354235</v>
+        <v>8.35325</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>7.788422</v>
+        <v>7.788605</v>
       </c>
       <c r="C644">
         <v>0.738374</v>
       </c>
       <c r="D644">
-        <v>0.763036</v>
+        <v>0.761059</v>
       </c>
       <c r="E644">
-        <v>9.289832</v>
+        <v>9.288038</v>
       </c>
       <c r="F644">
         <v>1.761276</v>
       </c>
       <c r="G644">
         <v>2.668125</v>
       </c>
       <c r="H644">
         <v>-0.906849</v>
       </c>
       <c r="I644">
-        <v>-0.227807</v>
+        <v>-0.228271</v>
       </c>
       <c r="J644">
-        <v>6.681725</v>
+        <v>6.681444</v>
       </c>
       <c r="K644">
         <v>0.738374</v>
       </c>
       <c r="L644">
-        <v>0.731321</v>
+        <v>0.729345</v>
       </c>
       <c r="M644">
-        <v>8.155176</v>
+        <v>8.152918</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>7.514258</v>
+        <v>7.51399</v>
       </c>
       <c r="C645">
         <v>0.683576</v>
       </c>
       <c r="D645">
-        <v>0.715006</v>
+        <v>0.713148</v>
       </c>
       <c r="E645">
-        <v>8.912839</v>
+        <v>8.910714</v>
       </c>
       <c r="F645">
         <v>1.727663</v>
       </c>
       <c r="G645">
-        <v>2.622954</v>
+        <v>2.672762</v>
       </c>
       <c r="H645">
-        <v>-0.895291</v>
+        <v>-0.945099</v>
       </c>
       <c r="I645">
-        <v>-0.464077</v>
+        <v>-0.42011</v>
       </c>
       <c r="J645">
-        <v>6.187724</v>
+        <v>6.178691</v>
       </c>
       <c r="K645">
         <v>0.683576</v>
       </c>
       <c r="L645">
-        <v>0.677744</v>
+        <v>0.678811</v>
       </c>
       <c r="M645">
-        <v>7.553471</v>
+        <v>7.545505</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>7.678998</v>
+      </c>
+      <c r="C646">
+        <v>0.618458</v>
+      </c>
+      <c r="D646">
+        <v>0.764204</v>
+      </c>
+      <c r="E646">
+        <v>9.06166</v>
+      </c>
+      <c r="F646">
+        <v>1.629829</v>
+      </c>
+      <c r="G646">
+        <v>2.745786</v>
+      </c>
+      <c r="H646">
+        <v>-1.115958</v>
+      </c>
+      <c r="I646">
+        <v>-0.329134</v>
+      </c>
+      <c r="J646">
+        <v>6.262153</v>
+      </c>
+      <c r="K646">
+        <v>0.618458</v>
+      </c>
+      <c r="L646">
+        <v>0.734544</v>
+      </c>
+      <c r="M646">
+        <v>7.616568</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>