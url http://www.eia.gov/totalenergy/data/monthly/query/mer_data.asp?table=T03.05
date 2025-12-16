--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.1 Primary Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Total Primary Energy Production</t>
   </si>
   <si>
     <t>Primary Energy Imports</t>
   </si>
   <si>
     <t>Primary Energy Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25714,781 +25714,863 @@
       </c>
       <c r="H624">
         <v>-0.954126</v>
       </c>
       <c r="I624">
         <v>0.459827</v>
       </c>
       <c r="J624">
         <v>6.933061</v>
       </c>
       <c r="K624">
         <v>0.719666</v>
       </c>
       <c r="L624">
         <v>0.695342</v>
       </c>
       <c r="M624">
         <v>8.352636</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>7.125805</v>
+        <v>7.125231</v>
       </c>
       <c r="C625">
-        <v>0.722021</v>
+        <v>0.7214</v>
       </c>
       <c r="D625">
-        <v>0.69187</v>
+        <v>0.689644</v>
       </c>
       <c r="E625">
-        <v>8.539696</v>
+        <v>8.536274</v>
       </c>
       <c r="F625">
         <v>1.904153</v>
       </c>
       <c r="G625">
-        <v>2.521089</v>
+        <v>2.521518</v>
       </c>
       <c r="H625">
-        <v>-0.616936</v>
+        <v>-0.617364</v>
       </c>
       <c r="I625">
-        <v>1.121518</v>
+        <v>1.12307</v>
       </c>
       <c r="J625">
-        <v>7.646953</v>
+        <v>7.647503</v>
       </c>
       <c r="K625">
-        <v>0.722021</v>
+        <v>0.7214</v>
       </c>
       <c r="L625">
-        <v>0.669378</v>
+        <v>0.667152</v>
       </c>
       <c r="M625">
-        <v>9.044278</v>
+        <v>9.04198</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>6.956996</v>
+        <v>6.957699</v>
       </c>
       <c r="C626">
-        <v>0.67503</v>
+        <v>0.674449</v>
       </c>
       <c r="D626">
-        <v>0.705262</v>
+        <v>0.711645</v>
       </c>
       <c r="E626">
-        <v>8.337288</v>
+        <v>8.343793</v>
       </c>
       <c r="F626">
         <v>1.714381</v>
       </c>
       <c r="G626">
-        <v>2.536975</v>
+        <v>2.526303</v>
       </c>
       <c r="H626">
-        <v>-0.822594</v>
+        <v>-0.811921</v>
       </c>
       <c r="I626">
-        <v>0.218695</v>
+        <v>0.20408</v>
       </c>
       <c r="J626">
-        <v>6.368177</v>
+        <v>6.364937</v>
       </c>
       <c r="K626">
-        <v>0.67503</v>
+        <v>0.674449</v>
       </c>
       <c r="L626">
-        <v>0.689635</v>
+        <v>0.696018</v>
       </c>
       <c r="M626">
-        <v>7.733389</v>
+        <v>7.735951</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>7.262059</v>
+        <v>7.263028</v>
       </c>
       <c r="C627">
-        <v>0.66209</v>
+        <v>0.66152</v>
       </c>
       <c r="D627">
-        <v>0.777358</v>
+        <v>0.777166</v>
       </c>
       <c r="E627">
-        <v>8.701508</v>
+        <v>8.701714</v>
       </c>
       <c r="F627">
         <v>1.73636</v>
       </c>
       <c r="G627">
-        <v>2.641503</v>
+        <v>2.650903</v>
       </c>
       <c r="H627">
-        <v>-0.905142</v>
+        <v>-0.914542</v>
       </c>
       <c r="I627">
-        <v>-0.050584</v>
+        <v>-0.043192</v>
       </c>
       <c r="J627">
-        <v>6.329265</v>
+        <v>6.328226</v>
       </c>
       <c r="K627">
-        <v>0.66209</v>
+        <v>0.66152</v>
       </c>
       <c r="L627">
-        <v>0.755615</v>
+        <v>0.755423</v>
       </c>
       <c r="M627">
-        <v>7.745781</v>
+        <v>7.74398</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>6.935891</v>
+        <v>6.935988</v>
       </c>
       <c r="C628">
-        <v>0.60226</v>
+        <v>0.60091</v>
       </c>
       <c r="D628">
-        <v>0.757341</v>
+        <v>0.761186</v>
       </c>
       <c r="E628">
-        <v>8.295492</v>
+        <v>8.298084</v>
       </c>
       <c r="F628">
         <v>1.770457</v>
       </c>
       <c r="G628">
-        <v>2.364211</v>
+        <v>2.362315</v>
       </c>
       <c r="H628">
-        <v>-0.593754</v>
+        <v>-0.591857</v>
       </c>
       <c r="I628">
-        <v>-0.524157</v>
+        <v>-0.526294</v>
       </c>
       <c r="J628">
-        <v>5.831803</v>
+        <v>5.83166</v>
       </c>
       <c r="K628">
-        <v>0.60226</v>
+        <v>0.60091</v>
       </c>
       <c r="L628">
-        <v>0.745099</v>
+        <v>0.748944</v>
       </c>
       <c r="M628">
-        <v>7.177581</v>
+        <v>7.179933</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>7.206467</v>
+        <v>7.206236</v>
       </c>
       <c r="C629">
-        <v>0.679097</v>
+        <v>0.678513</v>
       </c>
       <c r="D629">
-        <v>0.769087</v>
+        <v>0.77513</v>
       </c>
       <c r="E629">
-        <v>8.654652</v>
+        <v>8.659878</v>
       </c>
       <c r="F629">
         <v>1.939124</v>
       </c>
       <c r="G629">
-        <v>2.560412</v>
+        <v>2.564905</v>
       </c>
       <c r="H629">
-        <v>-0.621289</v>
+        <v>-0.625782</v>
       </c>
       <c r="I629">
-        <v>-0.521401</v>
+        <v>-0.514697</v>
       </c>
       <c r="J629">
-        <v>6.065292</v>
+        <v>6.067272</v>
       </c>
       <c r="K629">
-        <v>0.679097</v>
+        <v>0.678513</v>
       </c>
       <c r="L629">
-        <v>0.767418</v>
+        <v>0.773461</v>
       </c>
       <c r="M629">
-        <v>7.511962</v>
+        <v>7.5194</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>7.113333</v>
+        <v>7.112629</v>
       </c>
       <c r="C630">
-        <v>0.712744</v>
+        <v>0.712131</v>
       </c>
       <c r="D630">
-        <v>0.765316</v>
+        <v>0.775144</v>
       </c>
       <c r="E630">
-        <v>8.591394</v>
+        <v>8.599904</v>
       </c>
       <c r="F630">
         <v>1.82411</v>
       </c>
       <c r="G630">
-        <v>2.592415</v>
+        <v>2.596143</v>
       </c>
       <c r="H630">
-        <v>-0.768305</v>
+        <v>-0.772033</v>
       </c>
       <c r="I630">
-        <v>-0.180195</v>
+        <v>-0.181676</v>
       </c>
       <c r="J630">
-        <v>6.174972</v>
+        <v>6.16906</v>
       </c>
       <c r="K630">
-        <v>0.712744</v>
+        <v>0.712131</v>
       </c>
       <c r="L630">
-        <v>0.750327</v>
+        <v>0.760155</v>
       </c>
       <c r="M630">
-        <v>7.642894</v>
+        <v>7.646196</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>7.352895</v>
+        <v>7.35239</v>
       </c>
       <c r="C631">
-        <v>0.730441</v>
+        <v>0.729451</v>
       </c>
       <c r="D631">
-        <v>0.752305</v>
+        <v>0.756708</v>
       </c>
       <c r="E631">
-        <v>8.835641</v>
+        <v>8.83855</v>
       </c>
       <c r="F631">
         <v>1.967498</v>
       </c>
       <c r="G631">
-        <v>2.547598</v>
+        <v>2.551119</v>
       </c>
       <c r="H631">
-        <v>-0.5801</v>
+        <v>-0.583621</v>
       </c>
       <c r="I631">
-        <v>-0.034214</v>
+        <v>-0.038514</v>
       </c>
       <c r="J631">
-        <v>6.740925</v>
+        <v>6.7326</v>
       </c>
       <c r="K631">
-        <v>0.730441</v>
+        <v>0.729451</v>
       </c>
       <c r="L631">
-        <v>0.741477</v>
+        <v>0.745879</v>
       </c>
       <c r="M631">
-        <v>8.221327</v>
+        <v>8.216414</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>7.442639</v>
+        <v>7.441598</v>
       </c>
       <c r="C632">
-        <v>0.729135</v>
+        <v>0.728507</v>
       </c>
       <c r="D632">
-        <v>0.757762</v>
+        <v>0.756385</v>
       </c>
       <c r="E632">
-        <v>8.929536</v>
+        <v>8.92649</v>
       </c>
       <c r="F632">
         <v>1.784888</v>
       </c>
       <c r="G632">
-        <v>2.62509</v>
+        <v>2.625699</v>
       </c>
       <c r="H632">
-        <v>-0.840202</v>
+        <v>-0.840811</v>
       </c>
       <c r="I632">
-        <v>0.120526</v>
+        <v>0.123878</v>
       </c>
       <c r="J632">
-        <v>6.736376</v>
+        <v>6.738078</v>
       </c>
       <c r="K632">
-        <v>0.729135</v>
+        <v>0.728507</v>
       </c>
       <c r="L632">
-        <v>0.736992</v>
+        <v>0.735615</v>
       </c>
       <c r="M632">
-        <v>8.20986</v>
+        <v>8.209557</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>7.134842</v>
+        <v>7.133515</v>
       </c>
       <c r="C633">
-        <v>0.654927</v>
+        <v>0.654363</v>
       </c>
       <c r="D633">
-        <v>0.702635</v>
+        <v>0.700397</v>
       </c>
       <c r="E633">
-        <v>8.492404</v>
+        <v>8.488276</v>
       </c>
       <c r="F633">
         <v>1.723816</v>
       </c>
       <c r="G633">
-        <v>2.536479</v>
+        <v>2.539241</v>
       </c>
       <c r="H633">
-        <v>-0.812663</v>
+        <v>-0.815426</v>
       </c>
       <c r="I633">
-        <v>-0.269602</v>
+        <v>-0.274044</v>
       </c>
       <c r="J633">
-        <v>6.06204</v>
+        <v>6.053509</v>
       </c>
       <c r="K633">
-        <v>0.654927</v>
+        <v>0.654363</v>
       </c>
       <c r="L633">
-        <v>0.685999</v>
+        <v>0.683761</v>
       </c>
       <c r="M633">
-        <v>7.410139</v>
+        <v>7.398806</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>7.426197</v>
+        <v>7.424415</v>
       </c>
       <c r="C634">
-        <v>0.614299</v>
+        <v>0.61377</v>
       </c>
       <c r="D634">
-        <v>0.738724</v>
+        <v>0.735345</v>
       </c>
       <c r="E634">
-        <v>8.779221</v>
+        <v>8.77353</v>
       </c>
       <c r="F634">
         <v>1.724616</v>
       </c>
       <c r="G634">
-        <v>2.560258</v>
+        <v>2.563901</v>
       </c>
       <c r="H634">
-        <v>-0.835642</v>
+        <v>-0.839285</v>
       </c>
       <c r="I634">
-        <v>-0.366925</v>
+        <v>-0.364765</v>
       </c>
       <c r="J634">
-        <v>6.230653</v>
+        <v>6.227387</v>
       </c>
       <c r="K634">
-        <v>0.614299</v>
+        <v>0.61377</v>
       </c>
       <c r="L634">
-        <v>0.72525</v>
+        <v>0.721871</v>
       </c>
       <c r="M634">
-        <v>7.576654</v>
+        <v>7.569479</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>7.128643</v>
+        <v>7.127354</v>
       </c>
       <c r="C635">
-        <v>0.647021</v>
+        <v>0.646464</v>
       </c>
       <c r="D635">
-        <v>0.734803</v>
+        <v>0.725928</v>
       </c>
       <c r="E635">
-        <v>8.510467</v>
+        <v>8.499746</v>
       </c>
       <c r="F635">
         <v>1.746112</v>
       </c>
       <c r="G635">
-        <v>2.664353</v>
+        <v>2.661531</v>
       </c>
       <c r="H635">
-        <v>-0.918241</v>
+        <v>-0.915419</v>
       </c>
       <c r="I635">
-        <v>0.024967</v>
+        <v>0.015946</v>
       </c>
       <c r="J635">
-        <v>6.260067</v>
+        <v>6.252581</v>
       </c>
       <c r="K635">
-        <v>0.647021</v>
+        <v>0.646464</v>
       </c>
       <c r="L635">
-        <v>0.708251</v>
+        <v>0.699376</v>
       </c>
       <c r="M635">
-        <v>7.617193</v>
+        <v>7.600274</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>7.446184</v>
+        <v>7.445897</v>
       </c>
       <c r="C636">
-        <v>0.744183</v>
+        <v>0.743543</v>
       </c>
       <c r="D636">
-        <v>0.745484</v>
+        <v>0.741701</v>
       </c>
       <c r="E636">
-        <v>8.935852</v>
+        <v>8.931141</v>
       </c>
       <c r="F636">
         <v>1.860829</v>
       </c>
       <c r="G636">
-        <v>2.682957</v>
+        <v>2.687693</v>
       </c>
       <c r="H636">
-        <v>-0.822128</v>
+        <v>-0.826864</v>
       </c>
       <c r="I636">
-        <v>0.567299</v>
+        <v>0.57534</v>
       </c>
       <c r="J636">
-        <v>7.214343</v>
+        <v>7.217361</v>
       </c>
       <c r="K636">
-        <v>0.744183</v>
+        <v>0.743543</v>
       </c>
       <c r="L636">
-        <v>0.715377</v>
+        <v>0.711594</v>
       </c>
       <c r="M636">
-        <v>8.681023</v>
+        <v>8.679617</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>7.344014</v>
       </c>
       <c r="C637">
-        <v>0.749815</v>
+        <v>0.74917</v>
       </c>
       <c r="D637">
-        <v>0.749463</v>
+        <v>0.750981</v>
       </c>
       <c r="E637">
-        <v>8.843293</v>
+        <v>8.844165</v>
       </c>
       <c r="F637">
         <v>1.894319</v>
       </c>
       <c r="G637">
         <v>2.545494</v>
       </c>
       <c r="H637">
         <v>-0.651175</v>
       </c>
       <c r="I637">
-        <v>1.34086</v>
+        <v>1.338666</v>
       </c>
       <c r="J637">
-        <v>8.060732</v>
+        <v>8.058538</v>
       </c>
       <c r="K637">
-        <v>0.749815</v>
+        <v>0.74917</v>
       </c>
       <c r="L637">
-        <v>0.712739</v>
+        <v>0.714256</v>
       </c>
       <c r="M637">
-        <v>9.532978</v>
+        <v>9.531656</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>6.675326</v>
       </c>
       <c r="C638">
-        <v>0.646232</v>
+        <v>0.645675</v>
       </c>
       <c r="D638">
-        <v>0.691849</v>
+        <v>0.693266</v>
       </c>
       <c r="E638">
-        <v>8.013407</v>
+        <v>8.014267</v>
       </c>
       <c r="F638">
         <v>1.607167</v>
       </c>
       <c r="G638">
         <v>2.422174</v>
       </c>
       <c r="H638">
         <v>-0.815006</v>
       </c>
       <c r="I638">
-        <v>0.889637</v>
+        <v>0.888485</v>
       </c>
       <c r="J638">
-        <v>6.768933</v>
+        <v>6.76778</v>
       </c>
       <c r="K638">
-        <v>0.646232</v>
+        <v>0.645675</v>
       </c>
       <c r="L638">
-        <v>0.666435</v>
+        <v>0.667851</v>
       </c>
       <c r="M638">
-        <v>8.088038</v>
+        <v>8.087746</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>7.627666</v>
       </c>
       <c r="C639">
-        <v>0.652797</v>
+        <v>0.652235</v>
       </c>
       <c r="D639">
-        <v>0.810548</v>
+        <v>0.812838</v>
       </c>
       <c r="E639">
-        <v>9.091011</v>
+        <v>9.092739</v>
       </c>
       <c r="F639">
         <v>1.664096</v>
       </c>
       <c r="G639">
         <v>2.709576</v>
       </c>
       <c r="H639">
         <v>-1.04548</v>
       </c>
       <c r="I639">
-        <v>-0.214923</v>
+        <v>-0.215799</v>
       </c>
       <c r="J639">
-        <v>6.395228</v>
+        <v>6.394353</v>
       </c>
       <c r="K639">
-        <v>0.652797</v>
+        <v>0.652235</v>
       </c>
       <c r="L639">
-        <v>0.779815</v>
+        <v>0.782105</v>
       </c>
       <c r="M639">
-        <v>7.830608</v>
+        <v>7.83146</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>7.31913</v>
+        <v>7.285095</v>
       </c>
       <c r="C640">
-        <v>0.605093</v>
+        <v>0.604572</v>
       </c>
       <c r="D640">
-        <v>0.780418</v>
+        <v>0.783482</v>
       </c>
       <c r="E640">
-        <v>8.70464</v>
+        <v>8.673148</v>
       </c>
       <c r="F640">
         <v>1.631141</v>
       </c>
       <c r="G640">
         <v>2.532869</v>
       </c>
       <c r="H640">
         <v>-0.901728</v>
       </c>
       <c r="I640">
-        <v>-0.504222</v>
+        <v>-0.479522</v>
       </c>
       <c r="J640">
-        <v>5.925776</v>
+        <v>5.916441</v>
       </c>
       <c r="K640">
-        <v>0.605093</v>
+        <v>0.604572</v>
       </c>
       <c r="L640">
-        <v>0.762128</v>
+        <v>0.765192</v>
       </c>
       <c r="M640">
-        <v>7.298691</v>
+        <v>7.291898</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>7.59187</v>
+        <v>7.539951</v>
       </c>
       <c r="C641">
-        <v>0.649538</v>
+        <v>0.648978</v>
       </c>
       <c r="D641">
-        <v>0.791141</v>
+        <v>0.793521</v>
       </c>
       <c r="E641">
-        <v>9.032548</v>
+        <v>8.982451</v>
       </c>
       <c r="F641">
         <v>1.73537</v>
       </c>
       <c r="G641">
-        <v>2.57784</v>
+        <v>2.57713</v>
       </c>
       <c r="H641">
-        <v>-0.84247</v>
+        <v>-0.84176</v>
       </c>
       <c r="I641">
-        <v>-0.776777</v>
+        <v>-0.722074</v>
       </c>
       <c r="J641">
-        <v>5.998094</v>
+        <v>6.001588</v>
       </c>
       <c r="K641">
-        <v>0.649538</v>
+        <v>0.648978</v>
       </c>
       <c r="L641">
-        <v>0.757706</v>
+        <v>0.760087</v>
       </c>
       <c r="M641">
-        <v>7.413301</v>
+        <v>7.418616</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>7.376591</v>
+        <v>7.347351</v>
       </c>
       <c r="C642">
-        <v>0.692155</v>
+        <v>0.691559</v>
       </c>
       <c r="D642">
-        <v>0.788355</v>
+        <v>0.789933</v>
       </c>
       <c r="E642">
-        <v>8.857102</v>
+        <v>8.828843</v>
       </c>
       <c r="F642">
-        <v>1.680959</v>
+        <v>1.680822</v>
       </c>
       <c r="G642">
-        <v>2.531443</v>
+        <v>2.530815</v>
       </c>
       <c r="H642">
-        <v>-0.850483</v>
+        <v>-0.849993</v>
       </c>
       <c r="I642">
-        <v>-0.266102</v>
+        <v>-0.238383</v>
       </c>
       <c r="J642">
-        <v>6.291508</v>
+        <v>6.289849</v>
       </c>
       <c r="K642">
-        <v>0.692155</v>
+        <v>0.691559</v>
       </c>
       <c r="L642">
-        <v>0.750687</v>
+        <v>0.752893</v>
       </c>
       <c r="M642">
-        <v>7.740516</v>
+        <v>7.740467</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>7.714246</v>
+      </c>
+      <c r="C643">
+        <v>0.739169</v>
+      </c>
+      <c r="D643">
+        <v>0.794256</v>
+      </c>
+      <c r="E643">
+        <v>9.247671</v>
+      </c>
+      <c r="F643">
+        <v>1.758761</v>
+      </c>
+      <c r="G643">
+        <v>2.543049</v>
+      </c>
+      <c r="H643">
+        <v>-0.784288</v>
+      </c>
+      <c r="I643">
+        <v>-0.085458</v>
+      </c>
+      <c r="J643">
+        <v>6.863115</v>
+      </c>
+      <c r="K643">
+        <v>0.739169</v>
+      </c>
+      <c r="L643">
+        <v>0.757474</v>
+      </c>
+      <c r="M643">
+        <v>8.377925</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>7.798135</v>
+      </c>
+      <c r="C644">
+        <v>0.738374</v>
+      </c>
+      <c r="D644">
+        <v>0.762832</v>
+      </c>
+      <c r="E644">
+        <v>9.299341</v>
+      </c>
+      <c r="F644">
+        <v>1.778055</v>
+      </c>
+      <c r="G644">
+        <v>2.617467</v>
+      </c>
+      <c r="H644">
+        <v>-0.839412</v>
+      </c>
+      <c r="I644">
+        <v>-0.329621</v>
+      </c>
+      <c r="J644">
+        <v>6.642086</v>
+      </c>
+      <c r="K644">
+        <v>0.738374</v>
+      </c>
+      <c r="L644">
+        <v>0.731948</v>
+      </c>
+      <c r="M644">
+        <v>8.130309</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -29685,84 +29767,84 @@
       </c>
       <c r="H87">
         <v>-7.998441</v>
       </c>
       <c r="I87">
         <v>-1.118995</v>
       </c>
       <c r="J87">
         <v>77.270417</v>
       </c>
       <c r="K87">
         <v>8.098974</v>
       </c>
       <c r="L87">
         <v>8.292613</v>
       </c>
       <c r="M87">
         <v>93.726506</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>86.531951</v>
+        <v>86.52598</v>
       </c>
       <c r="C88">
-        <v>8.173249</v>
+        <v>8.165019</v>
       </c>
       <c r="D88">
-        <v>8.89795</v>
+        <v>8.906381</v>
       </c>
       <c r="E88">
-        <v>103.60315</v>
+        <v>103.59738</v>
       </c>
       <c r="F88">
         <v>21.696344</v>
       </c>
       <c r="G88">
-        <v>30.887501</v>
+        <v>30.851269</v>
       </c>
       <c r="H88">
-        <v>-9.191157</v>
+        <v>-9.154925</v>
       </c>
       <c r="I88">
-        <v>0.160086</v>
+        <v>0.09913</v>
       </c>
       <c r="J88">
-        <v>77.660878</v>
+        <v>77.630184</v>
       </c>
       <c r="K88">
-        <v>8.173249</v>
+        <v>8.165019</v>
       </c>
       <c r="L88">
-        <v>8.690806</v>
+        <v>8.699237</v>
       </c>
       <c r="M88">
-        <v>94.572079</v>
+        <v>94.541585</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>